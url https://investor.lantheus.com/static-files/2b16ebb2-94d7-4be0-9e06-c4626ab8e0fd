--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -9,809 +9,846 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lantheus.sharepoint.com/sites/LNTHEarningsPrep/Shared Documents/General/2025.11.06 3Q 2025 Earnings Call/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lantheus.sharepoint.com/sites/LNTHEarningsPrep/Shared Documents/General/2026/2026.02.26 4Q &amp; FY 2025 Earnings/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="187" documentId="8_{585505CA-EA1D-48FE-9691-3DC156D21DAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AAA8DB10-E732-4F65-B7A3-8C5C2F5737EB}"/>
+  <xr:revisionPtr revIDLastSave="273" documentId="8_{585505CA-EA1D-48FE-9691-3DC156D21DAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EE7DE7B2-F41F-4F55-88E5-DDCFF9B86BE9}"/>
   <bookViews>
-    <workbookView xWindow="19090" yWindow="-110" windowWidth="34620" windowHeight="13900" tabRatio="790" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-80505" yWindow="-11700" windowWidth="26010" windowHeight="20985" tabRatio="790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Important Disclosures" sheetId="10" r:id="rId1"/>
     <sheet name="GAAP Cons Statement of Oper" sheetId="9" r:id="rId2"/>
     <sheet name="GAAP to non-GAAP-quarterly" sheetId="1" r:id="rId3"/>
     <sheet name="Recon of Free Cash Flow" sheetId="7" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'GAAP to non-GAAP-quarterly'!$A$1:$AW$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'GAAP to non-GAAP-quarterly'!$A$1:$BA$37</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'GAAP to non-GAAP-quarterly'!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AR19" i="1" l="1"/>
-[...21 lines deleted...]
-  <c r="S7" i="7"/>
+  <c r="U7" i="7" l="1"/>
+  <c r="T7" i="7"/>
+  <c r="D13" i="1" l="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E20" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E14" i="1"/>
+  <c r="C13" i="1"/>
   <c r="E12" i="1"/>
   <c r="E11" i="1"/>
-  <c r="E10" i="1"/>
+  <c r="D8" i="1"/>
+  <c r="C8" i="1"/>
+  <c r="C15" i="1" s="1"/>
   <c r="E7" i="1"/>
   <c r="E6" i="1"/>
-  <c r="D13" i="1"/>
-[...18 lines deleted...]
-  <c r="R8" i="9"/>
+  <c r="U13" i="9"/>
+  <c r="U8" i="9"/>
+  <c r="T13" i="9"/>
+  <c r="T15" i="9" s="1"/>
+  <c r="T20" i="9" s="1"/>
+  <c r="T22" i="9" s="1"/>
+  <c r="T8" i="9"/>
+  <c r="S7" i="7"/>
   <c r="I27" i="1"/>
   <c r="I26" i="1"/>
   <c r="I20" i="1"/>
   <c r="I18" i="1"/>
   <c r="I17" i="1"/>
   <c r="I16" i="1"/>
   <c r="I14" i="1"/>
   <c r="I12" i="1"/>
   <c r="I11" i="1"/>
   <c r="I10" i="1"/>
   <c r="I7" i="1"/>
   <c r="I6" i="1"/>
   <c r="H13" i="1"/>
   <c r="H8" i="1"/>
   <c r="G13" i="1"/>
   <c r="G8" i="1"/>
-  <c r="Q7" i="7"/>
-  <c r="P7" i="7"/>
+  <c r="S22" i="9"/>
+  <c r="S20" i="9"/>
+  <c r="S15" i="9"/>
+  <c r="S13" i="9"/>
+  <c r="S8" i="9"/>
+  <c r="U24" i="1"/>
+  <c r="E10" i="1" l="1"/>
+  <c r="E13" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="D19" i="1" s="1"/>
+  <c r="D21" i="1" s="1"/>
+  <c r="C19" i="1"/>
+  <c r="E8" i="1"/>
+  <c r="U15" i="9"/>
+  <c r="U20" i="9" s="1"/>
+  <c r="U22" i="9" s="1"/>
+  <c r="I8" i="1"/>
+  <c r="I13" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="H19" i="1" s="1"/>
+  <c r="G15" i="1"/>
+  <c r="G19" i="1" s="1"/>
+  <c r="R7" i="7"/>
+  <c r="R13" i="9"/>
+  <c r="R15" i="9" s="1"/>
+  <c r="R20" i="9" s="1"/>
+  <c r="R22" i="9" s="1"/>
+  <c r="R8" i="9"/>
   <c r="M27" i="1"/>
   <c r="M26" i="1"/>
   <c r="M20" i="1"/>
   <c r="M18" i="1"/>
   <c r="M17" i="1"/>
   <c r="M16" i="1"/>
   <c r="M14" i="1"/>
   <c r="M12" i="1"/>
   <c r="M11" i="1"/>
   <c r="M10" i="1"/>
-  <c r="L13" i="1"/>
-  <c r="K13" i="1"/>
   <c r="M7" i="1"/>
   <c r="M6" i="1"/>
+  <c r="L13" i="1"/>
   <c r="L8" i="1"/>
+  <c r="K13" i="1"/>
   <c r="K8" i="1"/>
-  <c r="P8" i="1"/>
-  <c r="O7" i="7"/>
+  <c r="Q7" i="7"/>
+  <c r="P7" i="7"/>
   <c r="Q27" i="1"/>
   <c r="Q26" i="1"/>
   <c r="Q20" i="1"/>
   <c r="Q18" i="1"/>
   <c r="Q17" i="1"/>
   <c r="Q16" i="1"/>
   <c r="Q14" i="1"/>
   <c r="Q12" i="1"/>
   <c r="Q11" i="1"/>
   <c r="Q10" i="1"/>
+  <c r="P13" i="1"/>
+  <c r="O13" i="1"/>
   <c r="Q7" i="1"/>
   <c r="Q6" i="1"/>
-  <c r="U6" i="1"/>
-[...1 lines deleted...]
-  <c r="O13" i="1"/>
+  <c r="P8" i="1"/>
   <c r="O8" i="1"/>
-  <c r="O13" i="9"/>
-[...53 lines deleted...]
-  <c r="N24" i="9" s="1"/>
+  <c r="T8" i="1"/>
+  <c r="O7" i="7"/>
   <c r="U27" i="1"/>
   <c r="U26" i="1"/>
   <c r="U20" i="1"/>
   <c r="U18" i="1"/>
   <c r="U17" i="1"/>
   <c r="U16" i="1"/>
   <c r="U14" i="1"/>
-  <c r="T13" i="1"/>
-  <c r="S13" i="1"/>
   <c r="U12" i="1"/>
   <c r="U11" i="1"/>
   <c r="U10" i="1"/>
-  <c r="T8" i="1"/>
+  <c r="U7" i="1"/>
+  <c r="U6" i="1"/>
+  <c r="Y6" i="1"/>
+  <c r="T13" i="1"/>
+  <c r="S13" i="1"/>
   <c r="S8" i="1"/>
-  <c r="X13" i="1"/>
-[...1 lines deleted...]
-  <c r="M7" i="7"/>
+  <c r="O13" i="9"/>
+  <c r="O8" i="9"/>
+  <c r="O15" i="9" s="1"/>
+  <c r="O20" i="9" s="1"/>
+  <c r="O22" i="9" s="1"/>
+  <c r="O25" i="9" s="1"/>
+  <c r="X7" i="1"/>
+  <c r="Y7" i="1" s="1"/>
+  <c r="E15" i="1" l="1"/>
+  <c r="C21" i="1"/>
+  <c r="E19" i="1"/>
+  <c r="G21" i="1"/>
+  <c r="I15" i="1"/>
+  <c r="K15" i="1"/>
+  <c r="K19" i="1" s="1"/>
+  <c r="L15" i="1"/>
+  <c r="L19" i="1" s="1"/>
+  <c r="M8" i="1"/>
+  <c r="O15" i="1"/>
+  <c r="O19" i="1" s="1"/>
+  <c r="M13" i="1"/>
+  <c r="Q13" i="1"/>
+  <c r="T15" i="1"/>
+  <c r="T19" i="1" s="1"/>
+  <c r="Q8" i="1"/>
+  <c r="P15" i="1"/>
+  <c r="P19" i="1" s="1"/>
+  <c r="U13" i="1"/>
+  <c r="S15" i="1"/>
+  <c r="S19" i="1" s="1"/>
+  <c r="U8" i="1"/>
+  <c r="O24" i="9"/>
+  <c r="AF7" i="1"/>
+  <c r="C22" i="1" l="1"/>
+  <c r="E21" i="1"/>
+  <c r="E22" i="1" s="1"/>
+  <c r="P21" i="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q22" i="1" s="1"/>
+  <c r="T21" i="1"/>
+  <c r="O21" i="1"/>
+  <c r="O22" i="1" s="1"/>
+  <c r="L21" i="1"/>
+  <c r="I19" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="M15" i="1"/>
+  <c r="Q19" i="1"/>
+  <c r="Q15" i="1"/>
+  <c r="M19" i="1"/>
+  <c r="K21" i="1"/>
+  <c r="U15" i="1"/>
+  <c r="U19" i="1"/>
+  <c r="N7" i="7"/>
+  <c r="G22" i="1" l="1"/>
+  <c r="I21" i="1"/>
+  <c r="I22" i="1" s="1"/>
+  <c r="S21" i="1"/>
+  <c r="S22" i="1" s="1"/>
+  <c r="M21" i="1"/>
+  <c r="M22" i="1" s="1"/>
+  <c r="K22" i="1"/>
+  <c r="N13" i="9"/>
+  <c r="N8" i="9"/>
+  <c r="N15" i="9" s="1"/>
+  <c r="N20" i="9" s="1"/>
+  <c r="N22" i="9" s="1"/>
+  <c r="N24" i="9" s="1"/>
   <c r="Y27" i="1"/>
   <c r="Y26" i="1"/>
   <c r="Y20" i="1"/>
   <c r="Y18" i="1"/>
   <c r="Y17" i="1"/>
   <c r="Y16" i="1"/>
   <c r="Y14" i="1"/>
+  <c r="X13" i="1"/>
+  <c r="W13" i="1"/>
   <c r="Y12" i="1"/>
   <c r="Y11" i="1"/>
   <c r="Y10" i="1"/>
-  <c r="Y7" i="1"/>
-[...1 lines deleted...]
-  <c r="W13" i="1"/>
+  <c r="X8" i="1"/>
   <c r="W8" i="1"/>
+  <c r="AB13" i="1"/>
+  <c r="AB8" i="1"/>
+  <c r="M7" i="7"/>
+  <c r="AC27" i="1"/>
+  <c r="AC26" i="1"/>
+  <c r="AC20" i="1"/>
+  <c r="AC18" i="1"/>
+  <c r="AC17" i="1"/>
+  <c r="AC16" i="1"/>
+  <c r="AC14" i="1"/>
+  <c r="AC12" i="1"/>
+  <c r="AC11" i="1"/>
+  <c r="AC10" i="1"/>
+  <c r="AC7" i="1"/>
+  <c r="AC6" i="1"/>
+  <c r="AA13" i="1"/>
+  <c r="AA8" i="1"/>
   <c r="M13" i="9"/>
   <c r="M8" i="9"/>
   <c r="M15" i="9" s="1"/>
   <c r="M20" i="9" s="1"/>
   <c r="M22" i="9" s="1"/>
-  <c r="AC27" i="1"/>
-[...2 lines deleted...]
-  <c r="AC14" i="1"/>
+  <c r="AG27" i="1"/>
+  <c r="AG26" i="1"/>
+  <c r="AG17" i="1"/>
+  <c r="AG14" i="1"/>
   <c r="K7" i="7"/>
   <c r="L7" i="7"/>
-  <c r="AC20" i="1"/>
-[...8 lines deleted...]
-  <c r="Q22" i="1" s="1"/>
+  <c r="AG20" i="1"/>
+  <c r="AG18" i="1"/>
+  <c r="AG16" i="1"/>
+  <c r="AG12" i="1"/>
+  <c r="AG11" i="1"/>
+  <c r="AG10" i="1"/>
+  <c r="AG7" i="1"/>
+  <c r="AG6" i="1"/>
+  <c r="U21" i="1" l="1"/>
+  <c r="U22" i="1" s="1"/>
   <c r="N25" i="9"/>
+  <c r="AB15" i="1"/>
+  <c r="AB19" i="1" s="1"/>
+  <c r="Y8" i="1"/>
+  <c r="W15" i="1"/>
+  <c r="W19" i="1" s="1"/>
   <c r="X15" i="1"/>
-  <c r="U8" i="1"/>
-[...2 lines deleted...]
-  <c r="U13" i="1"/>
+  <c r="X19" i="1" s="1"/>
   <c r="Y13" i="1"/>
-  <c r="W15" i="1"/>
-[...4 lines deleted...]
-  <c r="AA8" i="1"/>
+  <c r="AC13" i="1"/>
+  <c r="AA15" i="1"/>
+  <c r="AA19" i="1" s="1"/>
+  <c r="AC8" i="1"/>
+  <c r="AF13" i="1"/>
+  <c r="AE13" i="1"/>
+  <c r="AF8" i="1"/>
+  <c r="AE8" i="1"/>
   <c r="K13" i="9"/>
   <c r="K15" i="9" s="1"/>
   <c r="K20" i="9" s="1"/>
   <c r="K22" i="9" s="1"/>
   <c r="K8" i="9"/>
   <c r="L13" i="9"/>
   <c r="L8" i="9"/>
   <c r="L15" i="9" s="1"/>
   <c r="L20" i="9" s="1"/>
   <c r="J7" i="7"/>
-  <c r="AF13" i="1"/>
-[...13 lines deleted...]
-  <c r="I7" i="7"/>
+  <c r="AJ13" i="1"/>
+  <c r="AJ8" i="1"/>
   <c r="AK20" i="1"/>
   <c r="AK18" i="1"/>
   <c r="AK16" i="1"/>
   <c r="AK12" i="1"/>
   <c r="AK11" i="1"/>
   <c r="AK10" i="1"/>
   <c r="AK7" i="1"/>
   <c r="AK6" i="1"/>
-  <c r="AJ13" i="1"/>
-  <c r="AJ8" i="1"/>
   <c r="AI13" i="1"/>
   <c r="AI8" i="1"/>
-  <c r="I13" i="9"/>
-[...4 lines deleted...]
-  <c r="AN8" i="1"/>
+  <c r="J13" i="9"/>
+  <c r="J8" i="9"/>
+  <c r="I7" i="7"/>
   <c r="AO20" i="1"/>
   <c r="AO18" i="1"/>
   <c r="AO16" i="1"/>
   <c r="AO12" i="1"/>
   <c r="AO11" i="1"/>
   <c r="AO10" i="1"/>
   <c r="AO7" i="1"/>
   <c r="AO6" i="1"/>
-  <c r="T21" i="1" l="1"/>
-[...29 lines deleted...]
-  <c r="AK13" i="1"/>
+  <c r="AN13" i="1"/>
+  <c r="AN8" i="1"/>
   <c r="AM13" i="1"/>
-  <c r="AO13" i="1" s="1"/>
   <c r="AM8" i="1"/>
-  <c r="AJ21" i="1" l="1"/>
-[...43 lines deleted...]
-  <c r="G22" i="9" s="1"/>
+  <c r="I13" i="9"/>
+  <c r="I8" i="9"/>
+  <c r="AS27" i="1"/>
+  <c r="AS26" i="1"/>
   <c r="AR13" i="1"/>
   <c r="AR8" i="1"/>
-  <c r="AS27" i="1"/>
-[...1 lines deleted...]
-  <c r="AS24" i="1"/>
   <c r="AS20" i="1"/>
   <c r="AS18" i="1"/>
   <c r="AS16" i="1"/>
   <c r="AS12" i="1"/>
   <c r="AS11" i="1"/>
   <c r="AS10" i="1"/>
   <c r="AS7" i="1"/>
   <c r="AS6" i="1"/>
+  <c r="X21" i="1" l="1"/>
+  <c r="Y21" i="1" s="1"/>
+  <c r="Y22" i="1" s="1"/>
+  <c r="W21" i="1"/>
+  <c r="AB21" i="1"/>
+  <c r="AK8" i="1"/>
+  <c r="AC15" i="1"/>
+  <c r="Y19" i="1"/>
+  <c r="Y15" i="1"/>
+  <c r="W22" i="1"/>
+  <c r="AJ15" i="1"/>
+  <c r="AJ19" i="1" s="1"/>
+  <c r="AG8" i="1"/>
+  <c r="AG13" i="1"/>
+  <c r="AO8" i="1"/>
+  <c r="AA21" i="1"/>
+  <c r="AC19" i="1"/>
+  <c r="AE15" i="1"/>
+  <c r="AE19" i="1" s="1"/>
+  <c r="AF15" i="1"/>
+  <c r="AF19" i="1" s="1"/>
+  <c r="L22" i="9"/>
+  <c r="I15" i="9"/>
+  <c r="I20" i="9" s="1"/>
+  <c r="I22" i="9" s="1"/>
+  <c r="AK13" i="1"/>
+  <c r="AI15" i="1"/>
+  <c r="AI19" i="1" s="1"/>
+  <c r="AM15" i="1"/>
+  <c r="AM19" i="1" s="1"/>
+  <c r="AR15" i="1"/>
+  <c r="AR19" i="1" s="1"/>
+  <c r="J15" i="9"/>
+  <c r="J20" i="9" s="1"/>
+  <c r="J22" i="9" s="1"/>
+  <c r="AN15" i="1"/>
+  <c r="AN19" i="1" s="1"/>
+  <c r="AO13" i="1"/>
   <c r="AQ13" i="1"/>
+  <c r="AS13" i="1" s="1"/>
   <c r="AQ8" i="1"/>
+  <c r="AN21" i="1" l="1"/>
+  <c r="AR21" i="1"/>
+  <c r="AM21" i="1"/>
+  <c r="AM22" i="1" s="1"/>
+  <c r="AI21" i="1"/>
+  <c r="AI22" i="1" s="1"/>
+  <c r="AA22" i="1"/>
+  <c r="AC21" i="1"/>
+  <c r="AC22" i="1" s="1"/>
+  <c r="AF21" i="1"/>
+  <c r="AG15" i="1"/>
+  <c r="AK15" i="1"/>
+  <c r="AE21" i="1"/>
+  <c r="AK19" i="1"/>
+  <c r="AJ21" i="1"/>
+  <c r="AK21" i="1" s="1"/>
+  <c r="AK22" i="1" s="1"/>
+  <c r="AO15" i="1"/>
+  <c r="AO19" i="1"/>
+  <c r="AQ15" i="1"/>
+  <c r="AQ19" i="1" s="1"/>
+  <c r="AS8" i="1"/>
+  <c r="H7" i="7"/>
+  <c r="H13" i="9"/>
+  <c r="H8" i="9"/>
+  <c r="G7" i="7"/>
+  <c r="G8" i="9"/>
+  <c r="G13" i="9"/>
+  <c r="AO21" i="1" l="1"/>
+  <c r="AO22" i="1" s="1"/>
+  <c r="AQ21" i="1"/>
+  <c r="AQ22" i="1" s="1"/>
+  <c r="AG19" i="1"/>
+  <c r="AG21" i="1"/>
+  <c r="AG22" i="1" s="1"/>
+  <c r="AE22" i="1"/>
+  <c r="AS15" i="1"/>
+  <c r="AS19" i="1"/>
+  <c r="AS21" i="1"/>
+  <c r="AS22" i="1" s="1"/>
+  <c r="H15" i="9"/>
+  <c r="H20" i="9" s="1"/>
+  <c r="H22" i="9" s="1"/>
+  <c r="G15" i="9"/>
+  <c r="G20" i="9" s="1"/>
+  <c r="G22" i="9" s="1"/>
+  <c r="AV13" i="1"/>
+  <c r="AV8" i="1"/>
+  <c r="AW27" i="1"/>
+  <c r="AW26" i="1"/>
+  <c r="AW24" i="1"/>
+  <c r="AW20" i="1"/>
+  <c r="AW18" i="1"/>
+  <c r="AW16" i="1"/>
+  <c r="AW12" i="1"/>
+  <c r="AW11" i="1"/>
+  <c r="AW10" i="1"/>
+  <c r="AW7" i="1"/>
+  <c r="AW6" i="1"/>
+  <c r="AU13" i="1"/>
+  <c r="AU8" i="1"/>
   <c r="F6" i="7"/>
   <c r="F5" i="7"/>
   <c r="F7" i="7" l="1"/>
-  <c r="AR15" i="1"/>
-[...6 lines deleted...]
-  <c r="AQ21" i="1"/>
+  <c r="AV15" i="1"/>
+  <c r="AV19" i="1" s="1"/>
+  <c r="AW8" i="1"/>
+  <c r="AU15" i="1"/>
+  <c r="AU19" i="1" s="1"/>
+  <c r="AW13" i="1"/>
+  <c r="AV21" i="1" l="1"/>
+  <c r="AW15" i="1"/>
+  <c r="AW19" i="1" l="1"/>
+  <c r="AU21" i="1"/>
   <c r="E7" i="7"/>
   <c r="F13" i="9"/>
   <c r="F8" i="9"/>
   <c r="E13" i="9"/>
   <c r="E8" i="9"/>
   <c r="D7" i="7"/>
   <c r="D13" i="9"/>
   <c r="D8" i="9"/>
   <c r="D15" i="9" s="1"/>
   <c r="D20" i="9" s="1"/>
   <c r="D22" i="9" s="1"/>
   <c r="C7" i="7"/>
   <c r="C13" i="9"/>
   <c r="C8" i="9"/>
   <c r="B7" i="7"/>
-  <c r="AQ22" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="AS22" i="1" s="1"/>
+  <c r="AU22" i="1" l="1"/>
+  <c r="AW21" i="1"/>
+  <c r="AW22" i="1" s="1"/>
   <c r="F15" i="9"/>
   <c r="F20" i="9" s="1"/>
   <c r="F22" i="9" s="1"/>
   <c r="E15" i="9"/>
   <c r="E20" i="9" s="1"/>
   <c r="E22" i="9" s="1"/>
   <c r="C15" i="9"/>
   <c r="C20" i="9" s="1"/>
   <c r="C22" i="9" s="1"/>
   <c r="B13" i="9"/>
   <c r="B8" i="9"/>
   <c r="B15" i="9" s="1"/>
   <c r="B20" i="9" s="1"/>
   <c r="B22" i="9" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="70">
   <si>
     <t>The following unaudited financial information of Lantheus Holdings, Inc. (the “Company”) is being made available in Excel format as a courtesy to investors. All such financial information has previously been provided by the Company either pursuant to the Company’s Annual Reports on Form 10-K, Quarterly Reports on Form 10-Q or Current Reports on Form 8-K available through the website maintained by the Securities and Exchange Commission (“SEC”) at https://www.sec.gov or as Supplemental Financial Information available on the Investor Relations section of the Company’s website. Copies of the documents filed with the SEC by the Company are also available free of charge on our website at https://www.lantheus.com/ or by contacting Lantheus Holdings’ Investor Relations Department by email at ir@lantheus.com or by phone at (978) 671-8001.  Unaudited financial information presented in this Excel format does not include the notes to the financial statements that were included in the documents filed with the SEC or made available on the Investor Relations section of the Company’s website. Investors are encouraged to read all such documents for more information about the Company.</t>
   </si>
   <si>
     <t>Lantheus Holdings, Inc.</t>
   </si>
   <si>
     <t>Consolidated Statement of Operations</t>
+  </si>
+  <si>
+    <t>(in thousands, except per share data - unaudited)</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Q4</t>
   </si>
   <si>
     <t>Revenues</t>
   </si>
   <si>
+    <t>Cost of goods sold</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Gross profit</t>
+  </si>
+  <si>
+    <t>Operating expenses</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Sales and marketing</t>
   </si>
   <si>
     <t xml:space="preserve">  General and administrative</t>
   </si>
   <si>
     <t xml:space="preserve">  Research and development</t>
   </si>
   <si>
     <t xml:space="preserve">    Total operating expenses</t>
   </si>
   <si>
     <t xml:space="preserve">  Gain on sale of assets</t>
   </si>
   <si>
+    <t xml:space="preserve">      Operating income (loss)</t>
+  </si>
+  <si>
     <t>Interest expense</t>
+  </si>
+  <si>
+    <t>Loss on extinguishment of debt</t>
+  </si>
+  <si>
+    <t>Investment in equity securities unrealized (gain) loss</t>
+  </si>
+  <si>
+    <t>Other (income) expense</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Income (loss) before income taxes</t>
+  </si>
+  <si>
+    <t>Income taxes expense (benefit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Net income (loss)</t>
+  </si>
+  <si>
+    <t>Net income (loss) per common share:</t>
   </si>
   <si>
     <t xml:space="preserve">  Basic</t>
   </si>
   <si>
     <t xml:space="preserve">  Diluted</t>
   </si>
   <si>
     <t>Weighted-average common shares outstanding:</t>
   </si>
   <si>
     <t>Reconciliation of GAAP to Non-GAAP Financial Measures</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q2 2023</t>
   </si>
   <si>
     <t>Q1 2023</t>
   </si>
   <si>
     <t>GAAP</t>
   </si>
   <si>
     <t>Adjustments</t>
   </si>
   <si>
     <t>non-GAAP</t>
   </si>
   <si>
-    <t>Operating expenses</t>
+    <t>Cost of goods sold (a)</t>
   </si>
   <si>
     <t xml:space="preserve">  Sales and marketing (b)</t>
   </si>
   <si>
     <t xml:space="preserve">  General and administrative (c)</t>
   </si>
   <si>
     <t xml:space="preserve">  Research and development (d)</t>
   </si>
   <si>
+    <r>
+      <t>Investment in equity securities - unrealized</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (gain) loss</t>
+    </r>
+  </si>
+  <si>
     <t>Other (income) expense (e)</t>
   </si>
   <si>
-    <t>Income tax expense (benefit) (f)</t>
+    <t xml:space="preserve">    Income (loss) before income taxes</t>
   </si>
   <si>
-    <t>Depreciation expense</t>
-[...56 lines deleted...]
-    <t xml:space="preserve">    Income (loss) before income taxes</t>
+    <t>Income tax expense (benefit) (f)</t>
   </si>
   <si>
     <t xml:space="preserve">    Net income (loss)</t>
   </si>
   <si>
     <t>Net income (loss) per common share-diluted</t>
   </si>
   <si>
     <t>Weighted average common shares outstanding - diluted (g)</t>
   </si>
   <si>
+    <t>Depreciation expense</t>
+  </si>
+  <si>
+    <t>Amortization</t>
+  </si>
+  <si>
     <t>(a) Generally includes stock and incentive plan compensation, amortization of acquired intangible assets, acquisition, integration and divestiture-related costs, ARO acceleration and other related costs and other non-recurring charges</t>
   </si>
   <si>
     <t>(b) Generally includes stock and incentive plan compensation, acquisition, integration and divestiture-related costs, strategic collaboration and license costs and other non-recurring charges</t>
   </si>
   <si>
     <t>(c) Generally includes stock and incentive plan compensation, acquisition, integration and divestiture-related costs, contingent consideration fair value adjustments, campus consolidation costs, strategic collaboration and license costs and other non-recurring charges</t>
   </si>
   <si>
+    <t>(d) Includes stock and incentive plan compensation, acquisition, integration and divestiture-related costs, contingent consideration fair value adjustments, strategic collaboration and license costs and other non-recurring charges</t>
+  </si>
+  <si>
+    <t>(e) Includes other non-recurring items</t>
+  </si>
+  <si>
     <t>(f) Includes the estimated income tax effect of the adjustments between GAAP net income and non-GAAP adjusted net income.</t>
+  </si>
+  <si>
+    <t>(g) Diluted shares may differ from non-GAAP measures as compared to GAAP due to a GAAP net loss position</t>
+  </si>
+  <si>
+    <t>Reconciliation of Free Cash Flow</t>
+  </si>
+  <si>
+    <t>(in thousands - unaudited)</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Net cash provided by</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (used in) </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>operating activities</t>
     </r>
   </si>
   <si>
-    <r>
-[...10 lines deleted...]
-    </r>
+    <t>Capital expenditures</t>
   </si>
   <si>
-    <t>(d) Includes stock and incentive plan compensation, acquisition, integration and divestiture-related costs, contingent consideration fair value adjustments, strategic collaboration and license costs and other non-recurring charges</t>
-[...2 lines deleted...]
-    <t>Investment in equity securities unrealized (gain) loss</t>
+    <t xml:space="preserve">   Free cash flow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0_);\(0\)"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -838,108 +875,115 @@
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="37" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="38" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="38" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+    <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{E73B898E-9B22-491A-812D-14F12B08EF8F}"/>
+  </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FF000000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -1198,200 +1242,208 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A2"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="A37" sqref="A37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="145.08984375" customWidth="1"/>
+    <col min="1" max="1" width="145.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:1" ht="116" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:1" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U29"/>
+  <dimension ref="A1:W29"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
-      <selection activeCell="A18" sqref="A18"/>
       <selection pane="topRight" activeCell="A18" sqref="A18"/>
       <selection pane="bottomLeft" activeCell="A18" sqref="A18"/>
-      <selection pane="bottomRight" activeCell="A18" sqref="A18"/>
+      <selection pane="bottomRight" activeCell="AB74" sqref="AB74"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="46.7265625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="16" max="16" width="11.08984375" customWidth="1"/>
+    <col min="1" max="1" width="46.88671875" customWidth="1"/>
+    <col min="5" max="5" width="9.44140625" customWidth="1"/>
+    <col min="7" max="10" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.5546875" customWidth="1"/>
+    <col min="12" max="12" width="10.109375" customWidth="1"/>
+    <col min="13" max="13" width="9.5546875" customWidth="1"/>
+    <col min="14" max="14" width="10.44140625" customWidth="1"/>
+    <col min="16" max="16" width="11.109375" customWidth="1"/>
+    <col min="21" max="21" width="10.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:21" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="B4" s="28">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A3" s="29" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="B4" s="31">
         <v>2022</v>
       </c>
-      <c r="C4" s="28"/>
-[...3 lines deleted...]
-      <c r="G4" s="29">
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="32">
         <v>2023</v>
       </c>
-      <c r="H4" s="29"/>
-[...3 lines deleted...]
-      <c r="L4" s="28">
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="32"/>
+      <c r="L4" s="31">
         <v>2024</v>
       </c>
-      <c r="M4" s="28"/>
-[...3 lines deleted...]
-      <c r="Q4" s="29">
+      <c r="M4" s="31"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="32">
         <v>2025</v>
       </c>
-      <c r="R4" s="29"/>
-[...3 lines deleted...]
-      <c r="A5" s="23"/>
+      <c r="R4" s="32"/>
+      <c r="S4" s="32"/>
+      <c r="T4" s="32"/>
+      <c r="U4" s="32"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A5" s="29"/>
       <c r="B5" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F5" s="9">
         <v>2022</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K5" s="2">
         <v>2023</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N5" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O5" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P5" s="9">
         <v>2024</v>
       </c>
       <c r="Q5" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S5" s="2" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      <c r="A6" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="T5" s="2" t="s">
         <v>7</v>
+      </c>
+      <c r="U5" s="2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A6" s="29" t="s">
+        <v>8</v>
       </c>
       <c r="B6" s="6">
         <v>208880</v>
       </c>
       <c r="C6" s="6">
         <v>223723</v>
       </c>
       <c r="D6" s="6">
         <v>239292</v>
       </c>
       <c r="E6" s="6">
         <v>263166</v>
       </c>
       <c r="F6" s="6">
         <v>935061</v>
       </c>
       <c r="G6" s="6">
         <v>300784</v>
       </c>
       <c r="H6" s="6">
         <v>321700</v>
       </c>
       <c r="I6" s="6">
         <v>319946</v>
       </c>
@@ -1403,55 +1455,61 @@
       </c>
       <c r="L6" s="6">
         <v>369975</v>
       </c>
       <c r="M6" s="6">
         <v>394091</v>
       </c>
       <c r="N6" s="6">
         <v>378734</v>
       </c>
       <c r="O6" s="6">
         <v>391110</v>
       </c>
       <c r="P6" s="6">
         <v>1533910</v>
       </c>
       <c r="Q6" s="6">
         <v>372764</v>
       </c>
       <c r="R6" s="6">
         <v>378045</v>
       </c>
       <c r="S6" s="6">
         <v>384014</v>
       </c>
-      <c r="U6" s="6"/>
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="T6" s="6">
+        <v>406786</v>
+      </c>
+      <c r="U6" s="6">
+        <v>1541609</v>
+      </c>
+      <c r="W6" s="15"/>
+    </row>
+    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A7" s="29" t="s">
+        <v>9</v>
       </c>
       <c r="B7" s="6">
         <v>79810</v>
       </c>
       <c r="C7" s="6">
         <v>85694</v>
       </c>
       <c r="D7" s="6">
         <v>91859</v>
       </c>
       <c r="E7" s="6">
         <v>95995</v>
       </c>
       <c r="F7" s="6">
         <v>353358</v>
       </c>
       <c r="G7" s="6">
         <v>223708</v>
       </c>
       <c r="H7" s="6">
         <v>119053</v>
       </c>
       <c r="I7" s="6">
         <v>119995</v>
       </c>
@@ -1463,55 +1521,61 @@
       </c>
       <c r="L7" s="6">
         <v>128129</v>
       </c>
       <c r="M7" s="6">
         <v>138317</v>
       </c>
       <c r="N7" s="6">
         <v>136608</v>
       </c>
       <c r="O7" s="6">
         <v>142565</v>
       </c>
       <c r="P7" s="6">
         <v>545619</v>
       </c>
       <c r="Q7" s="6">
         <v>135064</v>
       </c>
       <c r="R7" s="6">
         <v>137034</v>
       </c>
       <c r="S7" s="6">
         <v>161648</v>
       </c>
-      <c r="U7" s="6"/>
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="T7" s="6">
+        <v>165911</v>
+      </c>
+      <c r="U7" s="6">
+        <v>599657</v>
+      </c>
+      <c r="W7" s="15"/>
+    </row>
+    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A8" s="29" t="s">
+        <v>10</v>
       </c>
       <c r="B8" s="7">
         <f t="shared" ref="B8:M8" si="0">+B6-B7</f>
         <v>129070</v>
       </c>
       <c r="C8" s="7">
         <f t="shared" si="0"/>
         <v>138029</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" si="0"/>
         <v>147433</v>
       </c>
       <c r="E8" s="7">
         <f t="shared" si="0"/>
         <v>167171</v>
       </c>
       <c r="F8" s="7">
         <f t="shared" si="0"/>
         <v>581703</v>
       </c>
       <c r="G8" s="7">
         <f t="shared" si="0"/>
         <v>77076</v>
       </c>
@@ -1539,74 +1603,84 @@
         <f t="shared" si="0"/>
         <v>255774</v>
       </c>
       <c r="N8" s="7">
         <f t="shared" ref="N8:O8" si="1">+N6-N7</f>
         <v>242126</v>
       </c>
       <c r="O8" s="7">
         <f t="shared" si="1"/>
         <v>248545</v>
       </c>
       <c r="P8" s="7">
         <v>988291</v>
       </c>
       <c r="Q8" s="7">
         <v>237700</v>
       </c>
       <c r="R8" s="7">
         <f t="shared" ref="R8:S8" si="2">+R6-R7</f>
         <v>241011</v>
       </c>
       <c r="S8" s="7">
         <f t="shared" si="2"/>
         <v>222366</v>
       </c>
-      <c r="U8" s="7"/>
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="T8" s="7">
+        <f t="shared" ref="T8:U8" si="3">+T6-T7</f>
+        <v>240875</v>
+      </c>
+      <c r="U8" s="7">
+        <f t="shared" si="3"/>
+        <v>941952</v>
+      </c>
+      <c r="W8" s="15"/>
+    </row>
+    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A9" s="29" t="s">
+        <v>11</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
+      <c r="T9" s="6"/>
       <c r="U9" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>8</v>
+      <c r="W9" s="15"/>
+    </row>
+    <row r="10" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A10" s="29" t="s">
+        <v>12</v>
       </c>
       <c r="B10" s="6">
         <v>20354</v>
       </c>
       <c r="C10" s="6">
         <v>27492</v>
       </c>
       <c r="D10" s="6">
         <v>25414</v>
       </c>
       <c r="E10" s="6">
         <v>26983</v>
       </c>
       <c r="F10" s="6">
         <v>100243</v>
       </c>
       <c r="G10" s="6">
         <v>32617</v>
       </c>
       <c r="H10" s="6">
         <v>36456</v>
       </c>
       <c r="I10" s="6">
         <v>37399</v>
       </c>
@@ -1618,55 +1692,61 @@
       </c>
       <c r="L10" s="6">
         <v>45546</v>
       </c>
       <c r="M10" s="6">
         <v>45035</v>
       </c>
       <c r="N10" s="6">
         <v>43719</v>
       </c>
       <c r="O10" s="6">
         <v>43640</v>
       </c>
       <c r="P10" s="6">
         <v>177940</v>
       </c>
       <c r="Q10" s="6">
         <v>42503</v>
       </c>
       <c r="R10" s="6">
         <v>41041</v>
       </c>
       <c r="S10" s="6">
         <v>48828</v>
       </c>
-      <c r="U10" s="6"/>
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="T10" s="6">
+        <v>46319</v>
+      </c>
+      <c r="U10" s="6">
+        <v>178691</v>
+      </c>
+      <c r="W10" s="15"/>
+    </row>
+    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A11" s="29" t="s">
+        <v>13</v>
       </c>
       <c r="B11" s="6">
         <v>37588</v>
       </c>
       <c r="C11" s="6">
         <v>32598</v>
       </c>
       <c r="D11" s="6">
         <v>23759</v>
       </c>
       <c r="E11" s="6">
         <v>39639</v>
       </c>
       <c r="F11" s="6">
         <v>133584</v>
       </c>
       <c r="G11" s="6">
         <v>23271</v>
       </c>
       <c r="H11" s="6">
         <v>26151</v>
       </c>
       <c r="I11" s="6">
         <v>35741</v>
       </c>
@@ -1678,55 +1758,61 @@
       </c>
       <c r="L11" s="6">
         <v>47895</v>
       </c>
       <c r="M11" s="6">
         <v>47409</v>
       </c>
       <c r="N11" s="6">
         <v>40516</v>
       </c>
       <c r="O11" s="6">
         <v>57869</v>
       </c>
       <c r="P11" s="6">
         <v>193689</v>
       </c>
       <c r="Q11" s="6">
         <v>56816</v>
       </c>
       <c r="R11" s="6">
         <v>66515</v>
       </c>
       <c r="S11" s="6">
         <v>81898</v>
       </c>
-      <c r="U11" s="6"/>
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="T11" s="6">
+        <v>69892</v>
+      </c>
+      <c r="U11" s="6">
+        <v>275121</v>
+      </c>
+      <c r="W11" s="15"/>
+    </row>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A12" s="29" t="s">
+        <v>14</v>
       </c>
       <c r="B12" s="6">
         <v>12203</v>
       </c>
       <c r="C12" s="6">
         <v>14735</v>
       </c>
       <c r="D12" s="6">
         <v>12517</v>
       </c>
       <c r="E12" s="6">
         <v>272226</v>
       </c>
       <c r="F12" s="6">
         <v>311681</v>
       </c>
       <c r="G12" s="6">
         <v>30532</v>
       </c>
       <c r="H12" s="6">
         <v>15901</v>
       </c>
       <c r="I12" s="6">
         <v>14450</v>
       </c>
@@ -1738,131 +1824,145 @@
       </c>
       <c r="L12" s="6">
         <v>48024</v>
       </c>
       <c r="M12" s="6">
         <v>60601</v>
       </c>
       <c r="N12" s="6">
         <v>24148</v>
       </c>
       <c r="O12" s="6">
         <v>35325</v>
       </c>
       <c r="P12" s="6">
         <v>168098</v>
       </c>
       <c r="Q12" s="6">
         <v>36314</v>
       </c>
       <c r="R12" s="6">
         <v>45489</v>
       </c>
       <c r="S12" s="6">
         <v>48025</v>
       </c>
-      <c r="U12" s="6"/>
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="T12" s="6">
+        <v>47480</v>
+      </c>
+      <c r="U12" s="6">
+        <v>177308</v>
+      </c>
+      <c r="W12" s="15"/>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A13" s="29" t="s">
+        <v>15</v>
       </c>
       <c r="B13" s="7">
-        <f t="shared" ref="B13:D13" si="3">+B10+B11+B12</f>
+        <f t="shared" ref="B13:D13" si="4">+B10+B11+B12</f>
         <v>70145</v>
       </c>
       <c r="C13" s="7">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>74825</v>
       </c>
       <c r="D13" s="7">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>61690</v>
       </c>
       <c r="E13" s="7">
-        <f t="shared" ref="E13:I13" si="4">+E10+E11+E12</f>
+        <f t="shared" ref="E13:I13" si="5">+E10+E11+E12</f>
         <v>338848</v>
       </c>
       <c r="F13" s="7">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>545508</v>
       </c>
       <c r="G13" s="7">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>86420</v>
       </c>
       <c r="H13" s="7">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>78508</v>
       </c>
       <c r="I13" s="7">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>87590</v>
       </c>
       <c r="J13" s="7">
-        <f t="shared" ref="J13:M13" si="5">+J10+J11+J12</f>
+        <f t="shared" ref="J13:M13" si="6">+J10+J11+J12</f>
         <v>92383</v>
       </c>
       <c r="K13" s="7">
-        <f t="shared" ref="K13" si="6">+K10+K11+K12</f>
+        <f t="shared" ref="K13" si="7">+K10+K11+K12</f>
         <v>344901</v>
       </c>
       <c r="L13" s="7">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>141465</v>
       </c>
       <c r="M13" s="7">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>153045</v>
       </c>
       <c r="N13" s="7">
-        <f t="shared" ref="N13:O13" si="7">+N10+N11+N12</f>
+        <f t="shared" ref="N13:O13" si="8">+N10+N11+N12</f>
         <v>108383</v>
       </c>
       <c r="O13" s="7">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>136834</v>
       </c>
       <c r="P13" s="7">
         <v>539727</v>
       </c>
       <c r="Q13" s="7">
         <v>135633</v>
       </c>
       <c r="R13" s="7">
-        <f t="shared" ref="R13:S13" si="8">+R10+R11+R12</f>
+        <f t="shared" ref="R13:S13" si="9">+R10+R11+R12</f>
         <v>153045</v>
       </c>
       <c r="S13" s="7">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>178751</v>
       </c>
-      <c r="U13" s="7"/>
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="T13" s="7">
+        <f t="shared" ref="T13:U13" si="10">+T10+T11+T12</f>
+        <v>163691</v>
+      </c>
+      <c r="U13" s="7">
+        <f t="shared" si="10"/>
+        <v>631120</v>
+      </c>
+      <c r="W13" s="15"/>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A14" s="29" t="s">
+        <v>16</v>
       </c>
       <c r="B14" s="17">
         <v>0</v>
       </c>
       <c r="C14" s="17">
         <v>0</v>
       </c>
       <c r="D14" s="17">
         <v>0</v>
       </c>
       <c r="E14" s="17">
         <v>0</v>
       </c>
       <c r="F14" s="17">
         <v>0</v>
       </c>
       <c r="G14" s="17">
         <v>0</v>
       </c>
       <c r="H14" s="17">
         <v>0</v>
       </c>
       <c r="I14" s="17">
         <v>0</v>
       </c>
@@ -1874,131 +1974,145 @@
       </c>
       <c r="L14" s="6">
         <v>6254</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6">
         <v>0</v>
       </c>
       <c r="O14" s="6">
         <v>2161</v>
       </c>
       <c r="P14" s="6">
         <v>8415</v>
       </c>
       <c r="Q14" s="6">
         <v>0</v>
       </c>
       <c r="R14" s="6">
         <v>0</v>
       </c>
       <c r="S14" s="6">
         <v>0</v>
       </c>
-      <c r="U14" s="6"/>
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="T14" s="6">
+        <v>0</v>
+      </c>
+      <c r="U14" s="6">
+        <v>0</v>
+      </c>
+      <c r="W14" s="15"/>
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A15" s="29" t="s">
+        <v>17</v>
       </c>
       <c r="B15" s="7">
-        <f t="shared" ref="B15:D15" si="9">+B8-B13-B14</f>
+        <f t="shared" ref="B15:D15" si="11">+B8-B13-B14</f>
         <v>58925</v>
       </c>
       <c r="C15" s="7">
-        <f t="shared" si="9"/>
+        <f t="shared" si="11"/>
         <v>63204</v>
       </c>
       <c r="D15" s="7">
-        <f t="shared" si="9"/>
+        <f t="shared" si="11"/>
         <v>85743</v>
       </c>
       <c r="E15" s="7">
-        <f t="shared" ref="E15:I15" si="10">+E8-E13-E14</f>
+        <f t="shared" ref="E15:I15" si="12">+E8-E13-E14</f>
         <v>-171677</v>
       </c>
       <c r="F15" s="7">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>36195</v>
       </c>
       <c r="G15" s="7">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>-9344</v>
       </c>
       <c r="H15" s="7">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>124139</v>
       </c>
       <c r="I15" s="7">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>112361</v>
       </c>
       <c r="J15" s="7">
-        <f t="shared" ref="J15:K15" si="11">+J8-J13-J14</f>
+        <f t="shared" ref="J15:K15" si="13">+J8-J13-J14</f>
         <v>137486</v>
       </c>
       <c r="K15" s="7">
-        <f t="shared" si="11"/>
+        <f t="shared" si="13"/>
         <v>364642</v>
       </c>
       <c r="L15" s="7">
         <f>+L8-L13+L14</f>
         <v>106635</v>
       </c>
       <c r="M15" s="7">
         <f>+M8-M13+M14</f>
         <v>102729</v>
       </c>
       <c r="N15" s="7">
         <f>+N8-N13+N14</f>
         <v>133743</v>
       </c>
       <c r="O15" s="7">
         <f>+O8-O13+O14</f>
         <v>113872</v>
       </c>
       <c r="P15" s="7">
         <v>456979</v>
       </c>
       <c r="Q15" s="7">
         <v>102067</v>
       </c>
       <c r="R15" s="7">
         <f>+R8-R13+R14</f>
         <v>87966</v>
       </c>
       <c r="S15" s="7">
         <f>+S8-S13+S14</f>
         <v>43615</v>
       </c>
-      <c r="U15" s="7"/>
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="T15" s="7">
+        <f>+T8-T13+T14</f>
+        <v>77184</v>
+      </c>
+      <c r="U15" s="7">
+        <f>+U8-U13+U14</f>
+        <v>310832</v>
+      </c>
+      <c r="W15" s="15"/>
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A16" s="29" t="s">
+        <v>18</v>
       </c>
       <c r="B16" s="6">
         <v>1509</v>
       </c>
       <c r="C16" s="6">
         <v>1469</v>
       </c>
       <c r="D16" s="6">
         <v>1626</v>
       </c>
       <c r="E16" s="6">
         <v>2581</v>
       </c>
       <c r="F16" s="6">
         <v>7185</v>
       </c>
       <c r="G16" s="6">
         <v>4991</v>
       </c>
       <c r="H16" s="6">
         <v>4933</v>
       </c>
       <c r="I16" s="6">
         <v>5054</v>
       </c>
@@ -2010,55 +2124,61 @@
       </c>
       <c r="L16" s="6">
         <v>4859</v>
       </c>
       <c r="M16" s="6">
         <v>4862</v>
       </c>
       <c r="N16" s="6">
         <v>4903</v>
       </c>
       <c r="O16" s="6">
         <v>5045</v>
       </c>
       <c r="P16" s="6">
         <v>19669</v>
       </c>
       <c r="Q16" s="6">
         <v>4804</v>
       </c>
       <c r="R16" s="6">
         <v>4917</v>
       </c>
       <c r="S16" s="6">
         <v>4950</v>
       </c>
-      <c r="U16" s="6"/>
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="T16" s="6">
+        <v>5078</v>
+      </c>
+      <c r="U16" s="6">
+        <v>19749</v>
+      </c>
+      <c r="W16" s="15"/>
+    </row>
+    <row r="17" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A17" s="29" t="s">
+        <v>19</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6">
         <v>588</v>
       </c>
       <c r="F17" s="6">
         <v>588</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6">
         <v>0</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
@@ -2070,55 +2190,61 @@
       </c>
       <c r="L17" s="6">
         <v>0</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6">
         <v>0</v>
       </c>
       <c r="O17" s="7">
         <v>0</v>
       </c>
       <c r="P17" s="6">
         <v>0</v>
       </c>
       <c r="Q17" s="6">
         <v>0</v>
       </c>
       <c r="R17" s="6">
         <v>0</v>
       </c>
       <c r="S17" s="6">
         <v>0</v>
       </c>
-      <c r="U17" s="6"/>
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="T17" s="6">
+        <v>0</v>
+      </c>
+      <c r="U17" s="6">
+        <v>0</v>
+      </c>
+      <c r="W17" s="15"/>
+    </row>
+    <row r="18" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A18" s="26" t="s">
+        <v>20</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6">
         <v>0</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6">
         <v>0</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
@@ -2130,55 +2256,61 @@
       </c>
       <c r="L18" s="6">
         <v>-60704</v>
       </c>
       <c r="M18" s="6">
         <v>22537</v>
       </c>
       <c r="N18" s="6">
         <v>-37325</v>
       </c>
       <c r="O18" s="6">
         <v>119056</v>
       </c>
       <c r="P18" s="6">
         <v>43564</v>
       </c>
       <c r="Q18" s="6">
         <v>14862</v>
       </c>
       <c r="R18" s="6">
         <v>-14573</v>
       </c>
       <c r="S18" s="6">
         <v>-1160</v>
       </c>
-      <c r="U18" s="6"/>
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="T18" s="6">
+        <v>9488</v>
+      </c>
+      <c r="U18" s="6">
+        <v>8617</v>
+      </c>
+      <c r="W18" s="15"/>
+    </row>
+    <row r="19" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A19" s="29" t="s">
+        <v>21</v>
       </c>
       <c r="B19" s="6">
         <v>-485</v>
       </c>
       <c r="C19" s="6">
         <v>-310</v>
       </c>
       <c r="D19" s="6">
         <v>1101</v>
       </c>
       <c r="E19" s="6">
         <v>1397</v>
       </c>
       <c r="F19" s="6">
         <v>1703</v>
       </c>
       <c r="G19" s="6">
         <v>-3231</v>
       </c>
       <c r="H19" s="6">
         <v>-4482</v>
       </c>
       <c r="I19" s="6">
         <v>-52649</v>
       </c>
@@ -2190,131 +2322,145 @@
       </c>
       <c r="L19" s="6">
         <v>-8788</v>
       </c>
       <c r="M19" s="6">
         <v>-9044</v>
       </c>
       <c r="N19" s="6">
         <v>-9953</v>
       </c>
       <c r="O19" s="7">
         <v>-9446</v>
       </c>
       <c r="P19" s="6">
         <v>-37231</v>
       </c>
       <c r="Q19" s="6">
         <v>-14128</v>
       </c>
       <c r="R19" s="6">
         <v>-6895</v>
       </c>
       <c r="S19" s="6">
         <v>-2556</v>
       </c>
-      <c r="U19" s="6"/>
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="T19" s="6">
+        <v>-7747</v>
+      </c>
+      <c r="U19" s="6">
+        <v>-31326</v>
+      </c>
+      <c r="W19" s="15"/>
+    </row>
+    <row r="20" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A20" s="29" t="s">
+        <v>22</v>
       </c>
       <c r="B20" s="7">
-        <f t="shared" ref="B20:J20" si="12">+B15-B16-B17-B19</f>
+        <f t="shared" ref="B20:J20" si="14">+B15-B16-B17-B19</f>
         <v>57901</v>
       </c>
       <c r="C20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>62045</v>
       </c>
       <c r="D20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>83016</v>
       </c>
       <c r="E20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>-176243</v>
       </c>
       <c r="F20" s="7">
-        <f t="shared" ref="F20" si="13">+F15-F16-F17-F19</f>
+        <f t="shared" ref="F20" si="15">+F15-F16-F17-F19</f>
         <v>26719</v>
       </c>
       <c r="G20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>-11104</v>
       </c>
       <c r="H20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>123688</v>
       </c>
       <c r="I20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>159956</v>
       </c>
       <c r="J20" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>138403</v>
       </c>
       <c r="K20" s="7">
-        <f t="shared" ref="K20" si="14">+K15-K16-K17-K19</f>
+        <f t="shared" ref="K20" si="16">+K15-K16-K17-K19</f>
         <v>410943</v>
       </c>
       <c r="L20" s="7">
         <f>+L15-L16-L17-L19-L18</f>
         <v>171268</v>
       </c>
       <c r="M20" s="7">
         <f>+M15-M16-M17-M19-M18</f>
         <v>84374</v>
       </c>
       <c r="N20" s="7">
         <f>+N15-N16-N17-N19-N18</f>
         <v>176118</v>
       </c>
       <c r="O20" s="7">
         <f>+O15-O16-O17-O19-O18</f>
         <v>-783</v>
       </c>
       <c r="P20" s="7">
         <v>430977</v>
       </c>
       <c r="Q20" s="7">
         <v>96529</v>
       </c>
       <c r="R20" s="7">
         <f>+R15-R16-R17-R19-R18</f>
         <v>104517</v>
       </c>
       <c r="S20" s="7">
         <f>+S15-S16-S17-S19-S18</f>
         <v>42381</v>
       </c>
-      <c r="U20" s="7"/>
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="T20" s="7">
+        <f>+T15-T16-T17-T19-T18</f>
+        <v>70365</v>
+      </c>
+      <c r="U20" s="7">
+        <f>+U15-U16-U17-U19-U18</f>
+        <v>313792</v>
+      </c>
+      <c r="W20" s="15"/>
+    </row>
+    <row r="21" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A21" s="29" t="s">
+        <v>23</v>
       </c>
       <c r="B21" s="6">
         <v>14939</v>
       </c>
       <c r="C21" s="6">
         <v>18987</v>
       </c>
       <c r="D21" s="6">
         <v>21784</v>
       </c>
       <c r="E21" s="6">
         <v>-57058</v>
       </c>
       <c r="F21" s="6">
         <v>-1348</v>
       </c>
       <c r="G21" s="6">
         <v>-8297</v>
       </c>
       <c r="H21" s="6">
         <v>29557</v>
       </c>
       <c r="I21" s="6">
         <v>27999</v>
       </c>
@@ -2326,137 +2472,150 @@
       </c>
       <c r="L21" s="6">
         <v>40202</v>
       </c>
       <c r="M21" s="6">
         <v>22301</v>
       </c>
       <c r="N21" s="6">
         <v>45025</v>
       </c>
       <c r="O21" s="7">
         <v>11007</v>
       </c>
       <c r="P21" s="6">
         <v>118535</v>
       </c>
       <c r="Q21" s="6">
         <v>23584</v>
       </c>
       <c r="R21" s="6">
         <v>25762</v>
       </c>
       <c r="S21" s="6">
         <v>14610</v>
       </c>
-      <c r="U21" s="6"/>
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="T21" s="6">
+        <v>16277</v>
+      </c>
+      <c r="U21" s="6">
+        <v>80233</v>
+      </c>
+      <c r="W21" s="15"/>
+    </row>
+    <row r="22" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A22" s="29" t="s">
+        <v>24</v>
       </c>
       <c r="B22" s="7">
-        <f t="shared" ref="B22:M22" si="15">+B20-B21</f>
+        <f t="shared" ref="B22:M22" si="17">+B20-B21</f>
         <v>42962</v>
       </c>
       <c r="C22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>43058</v>
       </c>
       <c r="D22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>61232</v>
       </c>
       <c r="E22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>-119185</v>
       </c>
       <c r="F22" s="7">
-        <f t="shared" ref="F22" si="16">+F20-F21</f>
+        <f t="shared" ref="F22" si="18">+F20-F21</f>
         <v>28067</v>
       </c>
       <c r="G22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>-2807</v>
       </c>
       <c r="H22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>94131</v>
       </c>
       <c r="I22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>131957</v>
       </c>
       <c r="J22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>103380</v>
       </c>
       <c r="K22" s="7">
-        <f t="shared" ref="K22" si="17">+K20-K21</f>
+        <f t="shared" ref="K22" si="19">+K20-K21</f>
         <v>326661</v>
       </c>
       <c r="L22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>131066</v>
       </c>
       <c r="M22" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>62073</v>
       </c>
       <c r="N22" s="7">
-        <f t="shared" ref="N22:O22" si="18">+N20-N21</f>
+        <f t="shared" ref="N22:O22" si="20">+N20-N21</f>
         <v>131093</v>
       </c>
       <c r="O22" s="7">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>-11790</v>
       </c>
       <c r="P22" s="7">
         <v>312442</v>
       </c>
       <c r="Q22" s="7">
         <v>72945</v>
       </c>
       <c r="R22" s="7">
-        <f t="shared" ref="R22:S22" si="19">+R20-R21</f>
+        <f t="shared" ref="R22:S22" si="21">+R20-R21</f>
         <v>78755</v>
       </c>
       <c r="S22" s="7">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>27771</v>
       </c>
-      <c r="U22" s="7"/>
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="T22" s="7">
+        <f t="shared" ref="T22:U22" si="22">+T20-T21</f>
+        <v>54088</v>
+      </c>
+      <c r="U22" s="7">
+        <f t="shared" si="22"/>
+        <v>233559</v>
+      </c>
+      <c r="W22" s="15"/>
+    </row>
+    <row r="23" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A23" s="29" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A24" s="29" t="s">
+        <v>26</v>
       </c>
       <c r="B24" s="16">
         <v>0.63</v>
       </c>
       <c r="C24" s="16">
         <v>0.63</v>
       </c>
       <c r="D24" s="16">
         <v>0.89</v>
       </c>
       <c r="E24" s="16">
         <v>-1.74</v>
       </c>
       <c r="F24" s="16">
         <v>0.41</v>
       </c>
       <c r="G24" s="16">
         <v>-0.04</v>
       </c>
       <c r="H24" s="16">
         <v>1.38</v>
       </c>
       <c r="I24" s="16">
         <v>1.93</v>
       </c>
@@ -2470,55 +2629,60 @@
         <v>1.91</v>
       </c>
       <c r="M24" s="16">
         <v>0.89</v>
       </c>
       <c r="N24" s="16">
         <f>N22/N27</f>
         <v>1.8872077622941379</v>
       </c>
       <c r="O24" s="16">
         <f>O22/O27</f>
         <v>-0.17033387751563922</v>
       </c>
       <c r="P24" s="16">
         <v>4.5199999999999996</v>
       </c>
       <c r="Q24" s="16">
         <v>1.06</v>
       </c>
       <c r="R24" s="16">
         <v>1.1499999999999999</v>
       </c>
       <c r="S24" s="16">
         <v>0.41</v>
       </c>
-      <c r="U24" s="16"/>
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="T24" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="U24" s="16">
+        <v>3.46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A25" s="29" t="s">
+        <v>27</v>
       </c>
       <c r="B25" s="16">
         <v>0.61</v>
       </c>
       <c r="C25" s="16">
         <v>0.61</v>
       </c>
       <c r="D25" s="16">
         <v>0.86</v>
       </c>
       <c r="E25" s="16">
         <v>-1.74</v>
       </c>
       <c r="F25" s="16">
         <v>0.4</v>
       </c>
       <c r="G25" s="16">
         <v>-0.04</v>
       </c>
       <c r="H25" s="16">
         <v>1.33</v>
       </c>
       <c r="I25" s="16">
         <v>1.88</v>
       </c>
@@ -2532,60 +2696,65 @@
         <v>1.87</v>
       </c>
       <c r="M25" s="16">
         <v>0.88</v>
       </c>
       <c r="N25" s="16">
         <f>N22/N28</f>
         <v>1.7941969479230822</v>
       </c>
       <c r="O25" s="16">
         <f>O22/O27</f>
         <v>-0.17033387751563922</v>
       </c>
       <c r="P25" s="16">
         <v>4.3600000000000003</v>
       </c>
       <c r="Q25" s="16">
         <v>1.02</v>
       </c>
       <c r="R25" s="16">
         <v>1.1200000000000001</v>
       </c>
       <c r="S25" s="16">
         <v>0.41</v>
       </c>
-      <c r="U25" s="6"/>
-[...8 lines deleted...]
-        <v>14</v>
+      <c r="T25" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="U25" s="16">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="26" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A26" s="29" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A27" s="29" t="s">
+        <v>26</v>
       </c>
       <c r="B27" s="6">
         <v>68008</v>
       </c>
       <c r="C27" s="6">
         <v>68674</v>
       </c>
       <c r="D27" s="6">
         <v>68756</v>
       </c>
       <c r="E27" s="6">
         <v>68500</v>
       </c>
       <c r="F27" s="6">
         <v>68487</v>
       </c>
       <c r="G27" s="6">
         <v>67749</v>
       </c>
       <c r="H27" s="6">
         <v>68371</v>
       </c>
       <c r="I27" s="6">
         <v>68436</v>
       </c>
@@ -2597,55 +2766,60 @@
       </c>
       <c r="L27" s="6">
         <v>68757</v>
       </c>
       <c r="M27" s="6">
         <v>69356</v>
       </c>
       <c r="N27" s="6">
         <v>69464</v>
       </c>
       <c r="O27" s="6">
         <v>69217</v>
       </c>
       <c r="P27" s="6">
         <v>69199</v>
       </c>
       <c r="Q27" s="6">
         <v>68675</v>
       </c>
       <c r="R27" s="6">
         <v>68516</v>
       </c>
       <c r="S27" s="6">
         <v>67230</v>
       </c>
-      <c r="U27" s="6"/>
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="T27" s="6">
+        <v>65582</v>
+      </c>
+      <c r="U27" s="6">
+        <v>67489</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A28" s="29" t="s">
+        <v>27</v>
       </c>
       <c r="B28" s="6">
         <v>70051</v>
       </c>
       <c r="C28" s="6">
         <v>70796</v>
       </c>
       <c r="D28" s="6">
         <v>71075</v>
       </c>
       <c r="E28" s="6">
         <v>68500</v>
       </c>
       <c r="F28" s="6">
         <v>70671</v>
       </c>
       <c r="G28" s="6">
         <v>67749</v>
       </c>
       <c r="H28" s="6">
         <v>71014</v>
       </c>
       <c r="I28" s="6">
         <v>70046</v>
       </c>
@@ -2657,4466 +2831,4689 @@
       </c>
       <c r="L28" s="6">
         <v>70095</v>
       </c>
       <c r="M28" s="6">
         <v>70601</v>
       </c>
       <c r="N28" s="6">
         <v>73065</v>
       </c>
       <c r="O28" s="6">
         <v>69217</v>
       </c>
       <c r="P28" s="6">
         <v>71651</v>
       </c>
       <c r="Q28" s="6">
         <v>71461</v>
       </c>
       <c r="R28" s="6">
         <v>70312</v>
       </c>
       <c r="S28" s="6">
         <v>67663</v>
       </c>
-      <c r="U28" s="6"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:21" x14ac:dyDescent="0.35">
+      <c r="T28" s="6">
+        <v>66315</v>
+      </c>
+      <c r="U28" s="6">
+        <v>68443</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23" x14ac:dyDescent="0.3">
       <c r="P29" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="L4:P4"/>
-    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="Q4:U4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="IbpWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CT74"/>
+  <dimension ref="A1:CX74"/>
   <sheetViews>
-    <sheetView topLeftCell="A19" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="I36" sqref="I36"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="51.81640625" customWidth="1"/>
-    <col min="2" max="2" width="3.54296875" style="5" customWidth="1"/>
+    <col min="1" max="1" width="51.88671875" customWidth="1"/>
+    <col min="2" max="2" width="3.5546875" style="5" customWidth="1"/>
     <col min="3" max="5" width="13" customWidth="1"/>
-    <col min="6" max="6" width="3.54296875" style="5" customWidth="1"/>
+    <col min="6" max="6" width="3.5546875" style="5" customWidth="1"/>
     <col min="7" max="9" width="13" customWidth="1"/>
-    <col min="10" max="10" width="3.54296875" style="5" customWidth="1"/>
+    <col min="10" max="10" width="3.5546875" style="5" customWidth="1"/>
     <col min="11" max="13" width="13" customWidth="1"/>
-    <col min="14" max="14" width="3.54296875" style="5" customWidth="1"/>
-[...34 lines deleted...]
-    <col min="79" max="98" width="12.54296875" customWidth="1"/>
+    <col min="14" max="14" width="3.5546875" style="5" customWidth="1"/>
+    <col min="15" max="17" width="13" customWidth="1"/>
+    <col min="18" max="18" width="3.5546875" style="5" customWidth="1"/>
+    <col min="19" max="21" width="12.5546875" customWidth="1"/>
+    <col min="22" max="22" width="3.5546875" style="5" customWidth="1"/>
+    <col min="23" max="24" width="12.5546875" customWidth="1"/>
+    <col min="25" max="25" width="12.88671875" customWidth="1"/>
+    <col min="26" max="26" width="3.5546875" style="5" customWidth="1"/>
+    <col min="27" max="27" width="13" customWidth="1"/>
+    <col min="28" max="29" width="12.5546875" customWidth="1"/>
+    <col min="30" max="30" width="3.5546875" style="5" customWidth="1"/>
+    <col min="31" max="33" width="12.5546875" customWidth="1"/>
+    <col min="34" max="34" width="3.5546875" style="5" customWidth="1"/>
+    <col min="35" max="37" width="12.5546875" customWidth="1"/>
+    <col min="38" max="38" width="3.5546875" style="5" customWidth="1"/>
+    <col min="39" max="41" width="12.5546875" customWidth="1"/>
+    <col min="42" max="42" width="3.5546875" style="5" customWidth="1"/>
+    <col min="43" max="45" width="12.5546875" customWidth="1"/>
+    <col min="46" max="46" width="3.5546875" style="5" customWidth="1"/>
+    <col min="47" max="49" width="12.5546875" customWidth="1"/>
+    <col min="50" max="50" width="3.5546875" style="5" customWidth="1"/>
+    <col min="51" max="53" width="12.5546875" customWidth="1"/>
+    <col min="54" max="54" width="3.5546875" style="5" customWidth="1"/>
+    <col min="55" max="57" width="12.5546875" customWidth="1"/>
+    <col min="58" max="58" width="3.5546875" style="5" customWidth="1"/>
+    <col min="59" max="61" width="12.5546875" customWidth="1"/>
+    <col min="62" max="62" width="3.5546875" style="5" customWidth="1"/>
+    <col min="63" max="65" width="12.5546875" customWidth="1"/>
+    <col min="66" max="66" width="3.5546875" style="5" customWidth="1"/>
+    <col min="67" max="69" width="12.5546875" customWidth="1"/>
+    <col min="70" max="70" width="3.5546875" style="5" customWidth="1"/>
+    <col min="71" max="73" width="12.5546875" customWidth="1"/>
+    <col min="74" max="74" width="3.5546875" style="5" customWidth="1"/>
+    <col min="75" max="77" width="12.5546875" customWidth="1"/>
+    <col min="78" max="78" width="3.5546875" style="5" customWidth="1"/>
+    <col min="79" max="81" width="12.5546875" customWidth="1"/>
+    <col min="82" max="82" width="3.5546875" style="5" customWidth="1"/>
+    <col min="83" max="102" width="12.5546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:102" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="S1" s="1"/>
-[...1 lines deleted...]
-      <c r="U1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1"/>
-      <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
       <c r="BD1" s="1"/>
       <c r="BE1" s="1"/>
       <c r="BF1" s="1"/>
       <c r="BG1" s="1"/>
       <c r="BH1" s="1"/>
       <c r="BI1" s="1"/>
       <c r="BJ1" s="1"/>
       <c r="BK1" s="1"/>
-      <c r="BN1"/>
+      <c r="BL1" s="1"/>
+      <c r="BM1" s="1"/>
+      <c r="BN1" s="1"/>
+      <c r="BO1" s="1"/>
       <c r="BR1"/>
       <c r="BV1"/>
       <c r="BZ1"/>
-    </row>
-    <row r="2" spans="1:98" x14ac:dyDescent="0.35">
+      <c r="CD1"/>
+    </row>
+    <row r="2" spans="1:102" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      <c r="U2" s="1"/>
+        <v>29</v>
+      </c>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
       <c r="AO2" s="1"/>
       <c r="AQ2" s="1"/>
       <c r="AR2" s="1"/>
       <c r="AS2" s="1"/>
       <c r="AU2" s="1"/>
       <c r="AV2" s="1"/>
       <c r="AW2" s="1"/>
-      <c r="AX2" s="1"/>
       <c r="AY2" s="1"/>
       <c r="AZ2" s="1"/>
       <c r="BA2" s="1"/>
       <c r="BB2" s="1"/>
       <c r="BC2" s="1"/>
       <c r="BD2" s="1"/>
       <c r="BE2" s="1"/>
       <c r="BF2" s="1"/>
       <c r="BG2" s="1"/>
       <c r="BH2" s="1"/>
       <c r="BI2" s="1"/>
       <c r="BJ2" s="1"/>
-      <c r="BN2"/>
+      <c r="BK2" s="1"/>
+      <c r="BL2" s="1"/>
+      <c r="BM2" s="1"/>
+      <c r="BN2" s="1"/>
       <c r="BR2"/>
       <c r="BV2"/>
       <c r="BZ2"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX3" s="1"/>
+      <c r="CD2"/>
+    </row>
+    <row r="3" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A3" s="29" t="s">
+        <v>3</v>
+      </c>
       <c r="BB3" s="1"/>
       <c r="BF3" s="1"/>
       <c r="BJ3" s="1"/>
-      <c r="BN3"/>
+      <c r="BN3" s="1"/>
       <c r="BR3"/>
       <c r="BV3"/>
       <c r="BZ3"/>
-    </row>
-[...63 lines deleted...]
-      <c r="BA4" s="28"/>
+      <c r="CD3"/>
+    </row>
+    <row r="4" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A4" s="29"/>
+      <c r="C4" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
+      <c r="G4" s="31" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="K4" s="31" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" s="31"/>
+      <c r="M4" s="31"/>
+      <c r="O4" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="31"/>
+      <c r="S4" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="T4" s="31"/>
+      <c r="U4" s="31"/>
+      <c r="W4" s="31" t="s">
+        <v>35</v>
+      </c>
+      <c r="X4" s="31"/>
+      <c r="Y4" s="31"/>
+      <c r="AA4" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="AB4" s="31"/>
+      <c r="AC4" s="31"/>
+      <c r="AE4" s="31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF4" s="31"/>
+      <c r="AG4" s="31"/>
+      <c r="AI4" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="AJ4" s="31"/>
+      <c r="AK4" s="31"/>
+      <c r="AM4" s="31" t="s">
+        <v>39</v>
+      </c>
+      <c r="AN4" s="31"/>
+      <c r="AO4" s="31"/>
+      <c r="AQ4" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR4" s="31"/>
+      <c r="AS4" s="31"/>
+      <c r="AU4" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="AV4" s="31"/>
+      <c r="AW4" s="31"/>
+      <c r="AY4" s="31"/>
+      <c r="AZ4" s="31"/>
+      <c r="BA4" s="31"/>
       <c r="BB4" s="1"/>
-      <c r="BC4" s="28"/>
-[...1 lines deleted...]
-      <c r="BE4" s="28"/>
+      <c r="BC4" s="31"/>
+      <c r="BD4" s="31"/>
+      <c r="BE4" s="31"/>
       <c r="BF4" s="1"/>
-      <c r="BG4" s="28"/>
-[...1 lines deleted...]
-      <c r="BI4" s="28"/>
+      <c r="BG4" s="31"/>
+      <c r="BH4" s="31"/>
+      <c r="BI4" s="31"/>
       <c r="BJ4" s="1"/>
-      <c r="BN4"/>
+      <c r="BK4" s="31"/>
+      <c r="BL4" s="31"/>
+      <c r="BM4" s="31"/>
+      <c r="BN4" s="1"/>
       <c r="BR4"/>
       <c r="BV4"/>
       <c r="BZ4"/>
-      <c r="CA4" s="1"/>
-[...2 lines deleted...]
-      <c r="CD4" s="1"/>
+      <c r="CD4"/>
       <c r="CE4" s="1"/>
       <c r="CF4" s="1"/>
       <c r="CG4" s="1"/>
       <c r="CH4" s="1"/>
       <c r="CI4" s="1"/>
       <c r="CJ4" s="1"/>
       <c r="CK4" s="1"/>
       <c r="CL4" s="1"/>
       <c r="CM4" s="1"/>
       <c r="CN4" s="1"/>
       <c r="CO4" s="1"/>
       <c r="CP4" s="1"/>
       <c r="CQ4" s="1"/>
       <c r="CR4" s="1"/>
       <c r="CS4" s="1"/>
       <c r="CT4" s="1"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="23"/>
+      <c r="CU4" s="1"/>
+      <c r="CV4" s="1"/>
+      <c r="CW4" s="1"/>
+      <c r="CX4" s="1"/>
+    </row>
+    <row r="5" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A5" s="29"/>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="O5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="P5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="Q5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="S5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="T5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="U5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="W5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="X5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="Y5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AA5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="AB5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="AC5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AE5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="AF5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="AG5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AI5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="AJ5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="AK5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AM5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="AN5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="AO5" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AQ5" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="AR5" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="AS5" s="2" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="AX5" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="AU5" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AV5" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AW5" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="AY5" s="2"/>
       <c r="AZ5" s="2"/>
       <c r="BA5" s="2"/>
       <c r="BB5" s="1"/>
       <c r="BC5" s="2"/>
       <c r="BD5" s="2"/>
       <c r="BE5" s="2"/>
       <c r="BF5" s="1"/>
       <c r="BG5" s="2"/>
       <c r="BH5" s="2"/>
       <c r="BI5" s="2"/>
       <c r="BJ5" s="1"/>
-      <c r="BN5"/>
+      <c r="BK5" s="2"/>
+      <c r="BL5" s="2"/>
+      <c r="BM5" s="2"/>
+      <c r="BN5" s="1"/>
       <c r="BR5"/>
       <c r="BV5"/>
       <c r="BZ5"/>
-      <c r="CA5" s="2"/>
-[...2 lines deleted...]
-      <c r="CD5" s="2"/>
+      <c r="CD5"/>
       <c r="CE5" s="2"/>
       <c r="CF5" s="2"/>
       <c r="CG5" s="2"/>
       <c r="CH5" s="2"/>
       <c r="CI5" s="2"/>
       <c r="CJ5" s="2"/>
       <c r="CK5" s="2"/>
       <c r="CL5" s="2"/>
       <c r="CM5" s="2"/>
       <c r="CN5" s="2"/>
       <c r="CO5" s="2"/>
       <c r="CP5" s="2"/>
       <c r="CQ5" s="2"/>
       <c r="CR5" s="2"/>
       <c r="CS5" s="2"/>
       <c r="CT5" s="2"/>
-    </row>
-[...2 lines deleted...]
-        <v>7</v>
+      <c r="CU5" s="2"/>
+      <c r="CV5" s="2"/>
+      <c r="CW5" s="2"/>
+      <c r="CX5" s="2"/>
+    </row>
+    <row r="6" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A6" s="29" t="s">
+        <v>8</v>
       </c>
       <c r="C6" s="7">
-        <v>384014</v>
+        <v>406786</v>
       </c>
       <c r="D6" s="7"/>
       <c r="E6" s="7">
         <f>+C6+D6</f>
+        <v>406786</v>
+      </c>
+      <c r="G6" s="7">
         <v>384014</v>
-      </c>
-[...1 lines deleted...]
-        <v>378045</v>
       </c>
       <c r="H6" s="7"/>
       <c r="I6" s="7">
         <f>+G6+H6</f>
+        <v>384014</v>
+      </c>
+      <c r="K6" s="7">
         <v>378045</v>
-      </c>
-[...1 lines deleted...]
-        <v>372764</v>
       </c>
       <c r="L6" s="7"/>
       <c r="M6" s="7">
         <f>+K6+L6</f>
+        <v>378045</v>
+      </c>
+      <c r="O6" s="7">
         <v>372764</v>
-      </c>
-[...1 lines deleted...]
-        <v>391110</v>
       </c>
       <c r="P6" s="7"/>
       <c r="Q6" s="7">
         <f>+O6+P6</f>
+        <v>372764</v>
+      </c>
+      <c r="S6" s="7">
         <v>391110</v>
-      </c>
-[...1 lines deleted...]
-        <v>378734</v>
       </c>
       <c r="T6" s="7"/>
       <c r="U6" s="7">
         <f>+S6+T6</f>
+        <v>391110</v>
+      </c>
+      <c r="W6" s="7">
         <v>378734</v>
-      </c>
-[...1 lines deleted...]
-        <v>394091</v>
       </c>
       <c r="X6" s="7"/>
       <c r="Y6" s="7">
         <f>+W6+X6</f>
+        <v>378734</v>
+      </c>
+      <c r="AA6" s="7">
         <v>394091</v>
-      </c>
-[...1 lines deleted...]
-        <v>369975</v>
       </c>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7">
         <f>+AA6+AB6</f>
+        <v>394091</v>
+      </c>
+      <c r="AE6" s="7">
         <v>369975</v>
-      </c>
-[...2 lines deleted...]
-        <v>353999</v>
       </c>
       <c r="AF6" s="7"/>
       <c r="AG6" s="7">
         <f>+AE6+AF6</f>
-        <v>353999</v>
+        <v>369975</v>
       </c>
       <c r="AH6" s="21"/>
       <c r="AI6" s="7">
-        <v>319946</v>
+        <v>353999</v>
       </c>
       <c r="AJ6" s="7"/>
       <c r="AK6" s="7">
         <f>+AI6+AJ6</f>
-        <v>319946</v>
+        <v>353999</v>
       </c>
       <c r="AL6" s="21"/>
       <c r="AM6" s="7">
-        <v>321700</v>
+        <v>319946</v>
       </c>
       <c r="AN6" s="7"/>
       <c r="AO6" s="7">
         <f>+AM6+AN6</f>
-        <v>321700</v>
+        <v>319946</v>
       </c>
       <c r="AP6" s="21"/>
       <c r="AQ6" s="7">
-        <v>300784</v>
+        <v>321700</v>
       </c>
       <c r="AR6" s="7"/>
       <c r="AS6" s="7">
         <f>+AQ6+AR6</f>
+        <v>321700</v>
+      </c>
+      <c r="AT6" s="21"/>
+      <c r="AU6" s="7">
         <v>300784</v>
       </c>
-      <c r="AU6" s="6"/>
-[...2 lines deleted...]
-      <c r="AX6" s="1"/>
+      <c r="AV6" s="7"/>
+      <c r="AW6" s="7">
+        <f>+AU6+AV6</f>
+        <v>300784</v>
+      </c>
       <c r="AY6" s="6"/>
       <c r="AZ6" s="6"/>
       <c r="BA6" s="7"/>
       <c r="BB6" s="1"/>
       <c r="BC6" s="6"/>
       <c r="BD6" s="6"/>
       <c r="BE6" s="7"/>
       <c r="BF6" s="1"/>
       <c r="BG6" s="6"/>
       <c r="BH6" s="6"/>
       <c r="BI6" s="7"/>
       <c r="BJ6" s="1"/>
-      <c r="BN6"/>
+      <c r="BK6" s="6"/>
+      <c r="BL6" s="6"/>
+      <c r="BM6" s="7"/>
+      <c r="BN6" s="1"/>
       <c r="BR6"/>
       <c r="BV6"/>
       <c r="BZ6"/>
-      <c r="CA6" s="6"/>
-[...2 lines deleted...]
-      <c r="CD6" s="6"/>
+      <c r="CD6"/>
       <c r="CE6" s="6"/>
       <c r="CF6" s="6"/>
       <c r="CG6" s="6"/>
       <c r="CH6" s="6"/>
       <c r="CI6" s="6"/>
       <c r="CJ6" s="6"/>
       <c r="CK6" s="6"/>
       <c r="CL6" s="6"/>
       <c r="CM6" s="6"/>
       <c r="CN6" s="6"/>
       <c r="CO6" s="6"/>
       <c r="CP6" s="6"/>
       <c r="CQ6" s="6"/>
       <c r="CR6" s="6"/>
       <c r="CS6" s="6"/>
       <c r="CT6" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>56</v>
+      <c r="CU6" s="6"/>
+      <c r="CV6" s="6"/>
+      <c r="CW6" s="6"/>
+      <c r="CX6" s="6"/>
+    </row>
+    <row r="7" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A7" s="29" t="s">
+        <v>45</v>
       </c>
       <c r="C7" s="7">
-        <v>161648</v>
+        <v>165911</v>
       </c>
       <c r="D7" s="7">
-        <v>-21604</v>
+        <v>-23787</v>
       </c>
       <c r="E7" s="7">
         <f>+C7+D7</f>
-        <v>140044</v>
+        <v>142124</v>
       </c>
       <c r="G7" s="7">
-        <v>137034</v>
+        <v>161648</v>
       </c>
       <c r="H7" s="7">
-        <v>-14451</v>
+        <v>-21604</v>
       </c>
       <c r="I7" s="7">
         <f>+G7+H7</f>
-        <v>122583</v>
+        <v>140044</v>
       </c>
       <c r="K7" s="7">
-        <v>135064</v>
+        <v>137034</v>
       </c>
       <c r="L7" s="7">
-        <v>-11903</v>
+        <v>-14451</v>
       </c>
       <c r="M7" s="7">
         <f>+K7+L7</f>
-        <v>123161</v>
+        <v>122583</v>
       </c>
       <c r="O7" s="7">
-        <v>142565</v>
+        <v>135064</v>
       </c>
       <c r="P7" s="7">
-        <v>-17273</v>
+        <v>-11903</v>
       </c>
       <c r="Q7" s="7">
         <f>+O7+P7</f>
+        <v>123161</v>
+      </c>
+      <c r="S7" s="7">
+        <v>142565</v>
+      </c>
+      <c r="T7" s="7">
+        <v>-17273</v>
+      </c>
+      <c r="U7" s="7">
+        <f>+S7+T7</f>
         <v>125292</v>
       </c>
-      <c r="S7" s="7">
+      <c r="W7" s="7">
         <v>136608</v>
       </c>
-      <c r="T7" s="7">
+      <c r="X7" s="7">
         <f>-16327</f>
         <v>-16327</v>
       </c>
-      <c r="U7" s="7">
-[...8 lines deleted...]
-      </c>
       <c r="Y7" s="7">
         <f>+W7+X7</f>
+        <v>120281</v>
+      </c>
+      <c r="AA7" s="7">
+        <v>138317</v>
+      </c>
+      <c r="AB7" s="7">
+        <v>-13671</v>
+      </c>
+      <c r="AC7" s="7">
+        <f>+AA7+AB7</f>
         <v>124646</v>
       </c>
-      <c r="AA7" s="7">
+      <c r="AE7" s="7">
         <v>128129</v>
       </c>
-      <c r="AB7" s="7">
+      <c r="AF7" s="7">
         <f>-12564+1</f>
         <v>-12563</v>
       </c>
-      <c r="AC7" s="7">
-[...9 lines deleted...]
-      </c>
       <c r="AG7" s="7">
         <f>+AE7+AF7</f>
-        <v>108808</v>
+        <v>115566</v>
       </c>
       <c r="AH7" s="21"/>
       <c r="AI7" s="7">
-        <v>119995</v>
+        <v>124130</v>
       </c>
       <c r="AJ7" s="7">
-        <v>-14903</v>
+        <v>-15322</v>
       </c>
       <c r="AK7" s="7">
         <f>+AI7+AJ7</f>
-        <v>105092</v>
+        <v>108808</v>
       </c>
       <c r="AL7" s="21"/>
       <c r="AM7" s="7">
-        <v>119053</v>
+        <v>119995</v>
       </c>
       <c r="AN7" s="7">
-        <v>-21180</v>
+        <v>-14903</v>
       </c>
       <c r="AO7" s="7">
         <f>+AM7+AN7</f>
-        <v>97873</v>
+        <v>105092</v>
       </c>
       <c r="AP7" s="21"/>
       <c r="AQ7" s="7">
-        <v>223708</v>
+        <v>119053</v>
       </c>
       <c r="AR7" s="7">
-        <v>-129327</v>
+        <v>-21180</v>
       </c>
       <c r="AS7" s="7">
         <f>+AQ7+AR7</f>
+        <v>97873</v>
+      </c>
+      <c r="AT7" s="21"/>
+      <c r="AU7" s="7">
+        <v>223708</v>
+      </c>
+      <c r="AV7" s="7">
+        <v>-129327</v>
+      </c>
+      <c r="AW7" s="7">
+        <f>+AU7+AV7</f>
         <v>94381</v>
       </c>
-      <c r="AU7" s="6"/>
-[...2 lines deleted...]
-      <c r="AX7" s="1"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="7"/>
       <c r="BB7" s="1"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="7"/>
       <c r="BF7" s="1"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="7"/>
       <c r="BJ7" s="1"/>
-      <c r="BN7"/>
+      <c r="BK7" s="6"/>
+      <c r="BL7" s="6"/>
+      <c r="BM7" s="7"/>
+      <c r="BN7" s="1"/>
       <c r="BR7"/>
       <c r="BV7"/>
       <c r="BZ7"/>
-      <c r="CA7" s="6"/>
-[...2 lines deleted...]
-      <c r="CD7" s="6"/>
+      <c r="CD7"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>47</v>
+      <c r="CU7" s="6"/>
+      <c r="CV7" s="6"/>
+      <c r="CW7" s="6"/>
+      <c r="CX7" s="6"/>
+    </row>
+    <row r="8" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A8" s="29" t="s">
+        <v>10</v>
       </c>
       <c r="C8" s="7">
         <f t="shared" ref="C8" si="0">+C6-C7</f>
-        <v>222366</v>
+        <v>240875</v>
       </c>
       <c r="D8" s="7">
         <f>+D6-D7</f>
-        <v>21604</v>
+        <v>23787</v>
       </c>
       <c r="E8" s="7">
         <f>+C8+D8</f>
-        <v>243970</v>
+        <v>264662</v>
       </c>
       <c r="G8" s="7">
         <f t="shared" ref="G8" si="1">+G6-G7</f>
-        <v>241011</v>
+        <v>222366</v>
       </c>
       <c r="H8" s="7">
         <f>+H6-H7</f>
-        <v>14451</v>
+        <v>21604</v>
       </c>
       <c r="I8" s="7">
         <f>+G8+H8</f>
-        <v>255462</v>
+        <v>243970</v>
       </c>
       <c r="K8" s="7">
         <f t="shared" ref="K8" si="2">+K6-K7</f>
-        <v>237700</v>
+        <v>241011</v>
       </c>
       <c r="L8" s="7">
         <f>+L6-L7</f>
-        <v>11903</v>
+        <v>14451</v>
       </c>
       <c r="M8" s="7">
         <f>+K8+L8</f>
-        <v>249603</v>
+        <v>255462</v>
       </c>
       <c r="O8" s="7">
         <f t="shared" ref="O8" si="3">+O6-O7</f>
-        <v>248545</v>
+        <v>237700</v>
       </c>
       <c r="P8" s="7">
         <f>+P6-P7</f>
-        <v>17273</v>
+        <v>11903</v>
       </c>
       <c r="Q8" s="7">
         <f>+O8+P8</f>
-        <v>265818</v>
+        <v>249603</v>
       </c>
       <c r="S8" s="7">
         <f t="shared" ref="S8" si="4">+S6-S7</f>
-        <v>242126</v>
+        <v>248545</v>
       </c>
       <c r="T8" s="7">
         <f>+T6-T7</f>
-        <v>16327</v>
+        <v>17273</v>
       </c>
       <c r="U8" s="7">
         <f>+S8+T8</f>
-        <v>258453</v>
+        <v>265818</v>
       </c>
       <c r="W8" s="7">
         <f t="shared" ref="W8" si="5">+W6-W7</f>
-        <v>255774</v>
+        <v>242126</v>
       </c>
       <c r="X8" s="7">
         <f>+X6-X7</f>
-        <v>13671</v>
+        <v>16327</v>
       </c>
       <c r="Y8" s="7">
         <f>+W8+X8</f>
-        <v>269445</v>
+        <v>258453</v>
       </c>
       <c r="AA8" s="7">
         <f t="shared" ref="AA8" si="6">+AA6-AA7</f>
-        <v>241846</v>
+        <v>255774</v>
       </c>
       <c r="AB8" s="7">
         <f>+AB6-AB7</f>
-        <v>12563</v>
+        <v>13671</v>
       </c>
       <c r="AC8" s="7">
         <f>+AA8+AB8</f>
-        <v>254409</v>
-[...1 lines deleted...]
-      <c r="AD8" s="21"/>
+        <v>269445</v>
+      </c>
       <c r="AE8" s="7">
         <f t="shared" ref="AE8" si="7">+AE6-AE7</f>
-        <v>229869</v>
+        <v>241846</v>
       </c>
       <c r="AF8" s="7">
         <f>+AF6-AF7</f>
-        <v>15322</v>
+        <v>12563</v>
       </c>
       <c r="AG8" s="7">
         <f>+AE8+AF8</f>
-        <v>245191</v>
+        <v>254409</v>
       </c>
       <c r="AH8" s="21"/>
       <c r="AI8" s="7">
         <f t="shared" ref="AI8" si="8">+AI6-AI7</f>
-        <v>199951</v>
+        <v>229869</v>
       </c>
       <c r="AJ8" s="7">
         <f>+AJ6-AJ7</f>
-        <v>14903</v>
+        <v>15322</v>
       </c>
       <c r="AK8" s="7">
         <f>+AI8+AJ8</f>
-        <v>214854</v>
+        <v>245191</v>
       </c>
       <c r="AL8" s="21"/>
       <c r="AM8" s="7">
         <f t="shared" ref="AM8" si="9">+AM6-AM7</f>
-        <v>202647</v>
+        <v>199951</v>
       </c>
       <c r="AN8" s="7">
         <f>+AN6-AN7</f>
-        <v>21180</v>
+        <v>14903</v>
       </c>
       <c r="AO8" s="7">
         <f>+AM8+AN8</f>
-        <v>223827</v>
+        <v>214854</v>
       </c>
       <c r="AP8" s="21"/>
       <c r="AQ8" s="7">
         <f t="shared" ref="AQ8" si="10">+AQ6-AQ7</f>
-        <v>77076</v>
+        <v>202647</v>
       </c>
       <c r="AR8" s="7">
         <f>+AR6-AR7</f>
-        <v>129327</v>
+        <v>21180</v>
       </c>
       <c r="AS8" s="7">
         <f>+AQ8+AR8</f>
+        <v>223827</v>
+      </c>
+      <c r="AT8" s="21"/>
+      <c r="AU8" s="7">
+        <f t="shared" ref="AU8" si="11">+AU6-AU7</f>
+        <v>77076</v>
+      </c>
+      <c r="AV8" s="7">
+        <f>+AV6-AV7</f>
+        <v>129327</v>
+      </c>
+      <c r="AW8" s="7">
+        <f>+AU8+AV8</f>
         <v>206403</v>
       </c>
-      <c r="AU8" s="7"/>
-[...2 lines deleted...]
-      <c r="AX8" s="1"/>
       <c r="AY8" s="7"/>
       <c r="AZ8" s="7"/>
       <c r="BA8" s="7"/>
       <c r="BB8" s="1"/>
       <c r="BC8" s="7"/>
       <c r="BD8" s="7"/>
       <c r="BE8" s="7"/>
       <c r="BF8" s="1"/>
       <c r="BG8" s="7"/>
       <c r="BH8" s="7"/>
       <c r="BI8" s="7"/>
       <c r="BJ8" s="1"/>
-      <c r="BN8"/>
+      <c r="BK8" s="7"/>
+      <c r="BL8" s="7"/>
+      <c r="BM8" s="7"/>
+      <c r="BN8" s="1"/>
       <c r="BR8"/>
       <c r="BV8"/>
       <c r="BZ8"/>
-      <c r="CA8" s="7"/>
-[...2 lines deleted...]
-      <c r="CD8" s="7"/>
+      <c r="CD8"/>
       <c r="CE8" s="7"/>
       <c r="CF8" s="7"/>
       <c r="CG8" s="7"/>
       <c r="CH8" s="7"/>
       <c r="CI8" s="7"/>
       <c r="CJ8" s="7"/>
       <c r="CK8" s="7"/>
       <c r="CL8" s="7"/>
       <c r="CM8" s="7"/>
       <c r="CN8" s="7"/>
       <c r="CO8" s="7"/>
       <c r="CP8" s="7"/>
       <c r="CQ8" s="7"/>
       <c r="CR8" s="7"/>
       <c r="CS8" s="7"/>
       <c r="CT8" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>32</v>
+      <c r="CU8" s="7"/>
+      <c r="CV8" s="7"/>
+      <c r="CW8" s="7"/>
+      <c r="CX8" s="7"/>
+    </row>
+    <row r="9" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A9" s="29" t="s">
+        <v>11</v>
       </c>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="S9" s="7"/>
       <c r="T9" s="7"/>
       <c r="U9" s="7"/>
       <c r="W9" s="7"/>
       <c r="X9" s="7"/>
       <c r="Y9" s="7"/>
       <c r="AA9" s="7"/>
       <c r="AB9" s="7"/>
       <c r="AC9" s="7"/>
-      <c r="AD9" s="21"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="7"/>
       <c r="AG9" s="7"/>
       <c r="AH9" s="21"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="7"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="21"/>
       <c r="AM9" s="7"/>
       <c r="AN9" s="7"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="21"/>
       <c r="AQ9" s="7"/>
       <c r="AR9" s="7"/>
       <c r="AS9" s="7"/>
-      <c r="AU9" s="6"/>
-[...2 lines deleted...]
-      <c r="AX9" s="1"/>
+      <c r="AT9" s="21"/>
+      <c r="AU9" s="7"/>
+      <c r="AV9" s="7"/>
+      <c r="AW9" s="7"/>
       <c r="AY9" s="6"/>
       <c r="AZ9" s="6"/>
       <c r="BA9" s="6"/>
       <c r="BB9" s="1"/>
       <c r="BC9" s="6"/>
       <c r="BD9" s="6"/>
       <c r="BE9" s="6"/>
       <c r="BF9" s="1"/>
       <c r="BG9" s="6"/>
       <c r="BH9" s="6"/>
       <c r="BI9" s="6"/>
       <c r="BJ9" s="1"/>
-      <c r="BN9"/>
+      <c r="BK9" s="6"/>
+      <c r="BL9" s="6"/>
+      <c r="BM9" s="6"/>
+      <c r="BN9" s="1"/>
       <c r="BR9"/>
       <c r="BV9"/>
       <c r="BZ9"/>
-      <c r="CA9" s="6"/>
-[...2 lines deleted...]
-      <c r="CD9" s="6"/>
+      <c r="CD9"/>
       <c r="CE9" s="6"/>
       <c r="CF9" s="6"/>
       <c r="CG9" s="6"/>
       <c r="CH9" s="6"/>
       <c r="CI9" s="6"/>
       <c r="CJ9" s="6"/>
       <c r="CK9" s="6"/>
       <c r="CL9" s="6"/>
       <c r="CM9" s="6"/>
       <c r="CN9" s="6"/>
       <c r="CO9" s="6"/>
       <c r="CP9" s="6"/>
       <c r="CQ9" s="6"/>
       <c r="CR9" s="6"/>
       <c r="CS9" s="6"/>
       <c r="CT9" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>33</v>
+      <c r="CU9" s="6"/>
+      <c r="CV9" s="6"/>
+      <c r="CW9" s="6"/>
+      <c r="CX9" s="6"/>
+    </row>
+    <row r="10" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A10" s="29" t="s">
+        <v>46</v>
       </c>
       <c r="C10" s="7">
+        <v>46319</v>
+      </c>
+      <c r="D10" s="7">
+        <v>-5112</v>
+      </c>
+      <c r="E10" s="7">
+        <f t="shared" ref="E10:E18" si="12">+C10+D10</f>
+        <v>41207</v>
+      </c>
+      <c r="G10" s="7">
         <v>48828</v>
       </c>
-      <c r="D10" s="7">
+      <c r="H10" s="7">
         <v>-6313</v>
       </c>
-      <c r="E10" s="7">
-        <f t="shared" ref="E10:E21" si="11">+C10+D10</f>
+      <c r="I10" s="7">
+        <f t="shared" ref="I10:I21" si="13">+G10+H10</f>
         <v>42515</v>
       </c>
-      <c r="G10" s="7">
+      <c r="K10" s="7">
         <v>41041</v>
       </c>
-      <c r="H10" s="7">
+      <c r="L10" s="7">
         <v>-4631</v>
       </c>
-      <c r="I10" s="7">
-        <f t="shared" ref="I10:I21" si="12">+G10+H10</f>
+      <c r="M10" s="7">
+        <f t="shared" ref="M10:M21" si="14">+K10+L10</f>
         <v>36410</v>
       </c>
-      <c r="K10" s="7">
+      <c r="O10" s="7">
         <v>42503</v>
       </c>
-      <c r="L10" s="7">
+      <c r="P10" s="7">
         <v>-3747</v>
       </c>
-      <c r="M10" s="7">
-        <f t="shared" ref="M10:M13" si="13">+K10+L10</f>
+      <c r="Q10" s="7">
+        <f t="shared" ref="Q10:Q13" si="15">+O10+P10</f>
         <v>38756</v>
       </c>
-      <c r="O10" s="7">
+      <c r="S10" s="7">
         <v>43640</v>
       </c>
-      <c r="P10" s="7">
+      <c r="T10" s="7">
         <v>-6645</v>
       </c>
-      <c r="Q10" s="7">
-        <f t="shared" ref="Q10:Q16" si="14">+O10+P10</f>
+      <c r="U10" s="7">
+        <f t="shared" ref="U10:U16" si="16">+S10+T10</f>
         <v>36995</v>
       </c>
-      <c r="S10" s="7">
+      <c r="W10" s="7">
         <v>43719</v>
       </c>
-      <c r="T10" s="7">
+      <c r="X10" s="7">
         <v>-3824</v>
       </c>
-      <c r="U10" s="7">
-        <f t="shared" ref="U10:U16" si="15">+S10+T10</f>
+      <c r="Y10" s="7">
+        <f t="shared" ref="Y10:Y16" si="17">+W10+X10</f>
         <v>39895</v>
       </c>
-      <c r="W10" s="7">
+      <c r="AA10" s="7">
         <v>45035</v>
       </c>
-      <c r="X10" s="7">
+      <c r="AB10" s="7">
         <v>-3076</v>
       </c>
-      <c r="Y10" s="7">
-        <f t="shared" ref="Y10:Y16" si="16">+W10+X10</f>
+      <c r="AC10" s="7">
+        <f t="shared" ref="AC10:AC16" si="18">+AA10+AB10</f>
         <v>41959</v>
       </c>
-      <c r="AA10" s="7">
+      <c r="AE10" s="7">
         <v>45546</v>
       </c>
-      <c r="AB10" s="7">
+      <c r="AF10" s="7">
         <v>-2792</v>
       </c>
-      <c r="AC10" s="7">
-        <f t="shared" ref="AC10:AC16" si="17">+AA10+AB10</f>
+      <c r="AG10" s="7">
+        <f t="shared" ref="AG10:AG16" si="19">+AE10+AF10</f>
         <v>42754</v>
-      </c>
-[...9 lines deleted...]
-        <v>32808</v>
       </c>
       <c r="AH10" s="21"/>
       <c r="AI10" s="7">
-        <v>37399</v>
+        <v>35264</v>
       </c>
       <c r="AJ10" s="7">
-        <v>-2823</v>
+        <v>-2456</v>
       </c>
       <c r="AK10" s="7">
         <f>+AI10+AJ10</f>
-        <v>34576</v>
+        <v>32808</v>
       </c>
       <c r="AL10" s="21"/>
       <c r="AM10" s="7">
-        <v>36456</v>
+        <v>37399</v>
       </c>
       <c r="AN10" s="7">
-        <v>-1959</v>
+        <v>-2823</v>
       </c>
       <c r="AO10" s="7">
-        <f t="shared" ref="AO10:AO13" si="18">+AM10+AN10</f>
-        <v>34497</v>
+        <f>+AM10+AN10</f>
+        <v>34576</v>
       </c>
       <c r="AP10" s="21"/>
       <c r="AQ10" s="7">
+        <v>36456</v>
+      </c>
+      <c r="AR10" s="7">
+        <v>-1959</v>
+      </c>
+      <c r="AS10" s="7">
+        <f t="shared" ref="AS10:AS13" si="20">+AQ10+AR10</f>
+        <v>34497</v>
+      </c>
+      <c r="AT10" s="21"/>
+      <c r="AU10" s="7">
         <v>32617</v>
       </c>
-      <c r="AR10" s="7">
+      <c r="AV10" s="7">
         <v>-2262</v>
       </c>
-      <c r="AS10" s="7">
-        <f t="shared" ref="AS10:AS13" si="19">+AQ10+AR10</f>
+      <c r="AW10" s="7">
+        <f t="shared" ref="AW10:AW13" si="21">+AU10+AV10</f>
         <v>30355</v>
       </c>
-      <c r="AU10" s="6"/>
-[...2 lines deleted...]
-      <c r="AX10" s="1"/>
       <c r="AY10" s="6"/>
       <c r="AZ10" s="6"/>
       <c r="BA10" s="7"/>
       <c r="BB10" s="1"/>
       <c r="BC10" s="6"/>
       <c r="BD10" s="6"/>
       <c r="BE10" s="7"/>
       <c r="BF10" s="1"/>
       <c r="BG10" s="6"/>
       <c r="BH10" s="6"/>
       <c r="BI10" s="7"/>
       <c r="BJ10" s="1"/>
-      <c r="BN10"/>
+      <c r="BK10" s="6"/>
+      <c r="BL10" s="6"/>
+      <c r="BM10" s="7"/>
+      <c r="BN10" s="1"/>
       <c r="BR10"/>
       <c r="BV10"/>
       <c r="BZ10"/>
-      <c r="CA10" s="6"/>
-[...2 lines deleted...]
-      <c r="CD10" s="6"/>
+      <c r="CD10"/>
       <c r="CE10" s="6"/>
       <c r="CF10" s="6"/>
       <c r="CG10" s="6"/>
       <c r="CH10" s="6"/>
       <c r="CI10" s="6"/>
       <c r="CJ10" s="6"/>
       <c r="CK10" s="6"/>
       <c r="CL10" s="6"/>
       <c r="CM10" s="6"/>
       <c r="CN10" s="6"/>
       <c r="CO10" s="6"/>
       <c r="CP10" s="6"/>
       <c r="CQ10" s="6"/>
       <c r="CR10" s="6"/>
       <c r="CS10" s="6"/>
       <c r="CT10" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>34</v>
+      <c r="CU10" s="6"/>
+      <c r="CV10" s="6"/>
+      <c r="CW10" s="6"/>
+      <c r="CX10" s="6"/>
+    </row>
+    <row r="11" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A11" s="29" t="s">
+        <v>47</v>
       </c>
       <c r="C11" s="7">
+        <v>69892</v>
+      </c>
+      <c r="D11" s="7">
+        <v>-22536</v>
+      </c>
+      <c r="E11" s="7">
+        <f t="shared" si="12"/>
+        <v>47356</v>
+      </c>
+      <c r="G11" s="7">
         <v>81898</v>
       </c>
-      <c r="D11" s="7">
+      <c r="H11" s="7">
         <v>-42107</v>
       </c>
-      <c r="E11" s="7">
-        <f t="shared" si="11"/>
+      <c r="I11" s="7">
+        <f t="shared" si="13"/>
         <v>39791</v>
       </c>
-      <c r="G11" s="7">
+      <c r="K11" s="7">
         <v>66515</v>
       </c>
-      <c r="H11" s="7">
+      <c r="L11" s="7">
         <v>-29126</v>
       </c>
-      <c r="I11" s="7">
-        <f t="shared" si="12"/>
+      <c r="M11" s="7">
+        <f t="shared" si="14"/>
         <v>37389</v>
       </c>
-      <c r="K11" s="7">
+      <c r="O11" s="7">
         <v>56816</v>
       </c>
-      <c r="L11" s="7">
+      <c r="P11" s="7">
         <v>-17546</v>
       </c>
-      <c r="M11" s="7">
-        <f t="shared" si="13"/>
+      <c r="Q11" s="7">
+        <f t="shared" si="15"/>
         <v>39270</v>
       </c>
-      <c r="O11" s="7">
+      <c r="S11" s="7">
         <v>57869</v>
       </c>
-      <c r="P11" s="7">
+      <c r="T11" s="7">
         <v>-10720</v>
       </c>
-      <c r="Q11" s="7">
-        <f t="shared" si="14"/>
+      <c r="U11" s="7">
+        <f t="shared" si="16"/>
         <v>47149</v>
       </c>
-      <c r="S11" s="7">
+      <c r="W11" s="7">
         <v>40516</v>
       </c>
-      <c r="T11" s="7">
+      <c r="X11" s="7">
         <v>-8200</v>
       </c>
-      <c r="U11" s="7">
-        <f t="shared" si="15"/>
+      <c r="Y11" s="7">
+        <f t="shared" si="17"/>
         <v>32316</v>
       </c>
-      <c r="W11" s="7">
+      <c r="AA11" s="7">
         <v>47409</v>
       </c>
-      <c r="X11" s="7">
+      <c r="AB11" s="7">
         <v>-10684</v>
       </c>
-      <c r="Y11" s="7">
-        <f t="shared" si="16"/>
+      <c r="AC11" s="7">
+        <f t="shared" si="18"/>
         <v>36725</v>
       </c>
-      <c r="AA11" s="7">
+      <c r="AE11" s="7">
         <v>47895</v>
       </c>
-      <c r="AB11" s="7">
+      <c r="AF11" s="7">
         <v>-9359</v>
       </c>
-      <c r="AC11" s="7">
-        <f t="shared" si="17"/>
+      <c r="AG11" s="7">
+        <f t="shared" si="19"/>
         <v>38536</v>
-      </c>
-[...9 lines deleted...]
-        <v>31799</v>
       </c>
       <c r="AH11" s="21"/>
       <c r="AI11" s="7">
-        <v>35741</v>
+        <v>40295</v>
       </c>
       <c r="AJ11" s="7">
-        <v>-7552</v>
+        <v>-8496</v>
       </c>
       <c r="AK11" s="7">
         <f>+AI11+AJ11</f>
-        <v>28189</v>
+        <v>31799</v>
       </c>
       <c r="AL11" s="21"/>
       <c r="AM11" s="7">
-        <v>26151</v>
+        <v>35741</v>
       </c>
       <c r="AN11" s="7">
-        <v>-956</v>
+        <v>-7552</v>
       </c>
       <c r="AO11" s="7">
-        <f t="shared" si="18"/>
-        <v>25195</v>
+        <f>+AM11+AN11</f>
+        <v>28189</v>
       </c>
       <c r="AP11" s="21"/>
       <c r="AQ11" s="7">
+        <v>26151</v>
+      </c>
+      <c r="AR11" s="7">
+        <v>-956</v>
+      </c>
+      <c r="AS11" s="7">
+        <f t="shared" si="20"/>
+        <v>25195</v>
+      </c>
+      <c r="AT11" s="21"/>
+      <c r="AU11" s="7">
         <v>23271</v>
       </c>
-      <c r="AR11" s="7">
+      <c r="AV11" s="7">
         <v>-2756</v>
       </c>
-      <c r="AS11" s="7">
-        <f t="shared" si="19"/>
+      <c r="AW11" s="7">
+        <f t="shared" si="21"/>
         <v>20515</v>
       </c>
-      <c r="AU11" s="6"/>
-[...2 lines deleted...]
-      <c r="AX11" s="1"/>
       <c r="AY11" s="6"/>
       <c r="AZ11" s="6"/>
       <c r="BA11" s="7"/>
       <c r="BB11" s="1"/>
       <c r="BC11" s="6"/>
       <c r="BD11" s="6"/>
       <c r="BE11" s="7"/>
       <c r="BF11" s="1"/>
       <c r="BG11" s="6"/>
       <c r="BH11" s="6"/>
       <c r="BI11" s="7"/>
       <c r="BJ11" s="1"/>
-      <c r="BN11"/>
+      <c r="BK11" s="6"/>
+      <c r="BL11" s="6"/>
+      <c r="BM11" s="7"/>
+      <c r="BN11" s="1"/>
       <c r="BR11"/>
       <c r="BV11"/>
       <c r="BZ11"/>
-      <c r="CA11" s="6"/>
-[...2 lines deleted...]
-      <c r="CD11" s="6"/>
+      <c r="CD11"/>
       <c r="CE11" s="6"/>
       <c r="CF11" s="6"/>
       <c r="CG11" s="6"/>
       <c r="CH11" s="6"/>
       <c r="CI11" s="6"/>
       <c r="CJ11" s="6"/>
       <c r="CK11" s="6"/>
       <c r="CL11" s="6"/>
       <c r="CM11" s="6"/>
       <c r="CN11" s="6"/>
       <c r="CO11" s="6"/>
       <c r="CP11" s="6"/>
       <c r="CQ11" s="6"/>
       <c r="CR11" s="6"/>
       <c r="CS11" s="6"/>
       <c r="CT11" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>35</v>
+      <c r="CU11" s="6"/>
+      <c r="CV11" s="6"/>
+      <c r="CW11" s="6"/>
+      <c r="CX11" s="6"/>
+    </row>
+    <row r="12" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A12" s="29" t="s">
+        <v>48</v>
       </c>
       <c r="C12" s="7">
+        <v>47480</v>
+      </c>
+      <c r="D12" s="7">
+        <v>-10248</v>
+      </c>
+      <c r="E12" s="7">
+        <f t="shared" si="12"/>
+        <v>37232</v>
+      </c>
+      <c r="G12" s="7">
         <v>48025</v>
       </c>
-      <c r="D12" s="7">
+      <c r="H12" s="7">
         <v>-5915</v>
       </c>
-      <c r="E12" s="7">
-        <f t="shared" si="11"/>
+      <c r="I12" s="7">
+        <f t="shared" si="13"/>
         <v>42110</v>
       </c>
-      <c r="G12" s="7">
+      <c r="K12" s="7">
         <v>45489</v>
       </c>
-      <c r="H12" s="7">
+      <c r="L12" s="7">
         <v>-16398</v>
       </c>
-      <c r="I12" s="7">
-        <f t="shared" si="12"/>
+      <c r="M12" s="7">
+        <f t="shared" si="14"/>
         <v>29091</v>
       </c>
-      <c r="K12" s="7">
+      <c r="O12" s="7">
         <v>36314</v>
       </c>
-      <c r="L12" s="7">
+      <c r="P12" s="7">
         <v>-8995</v>
       </c>
-      <c r="M12" s="7">
-        <f t="shared" si="13"/>
+      <c r="Q12" s="7">
+        <f t="shared" si="15"/>
         <v>27319</v>
       </c>
-      <c r="O12" s="7">
+      <c r="S12" s="7">
         <v>35325</v>
       </c>
-      <c r="P12" s="7">
+      <c r="T12" s="7">
         <v>-5482</v>
       </c>
-      <c r="Q12" s="7">
-        <f t="shared" si="14"/>
+      <c r="U12" s="7">
+        <f t="shared" si="16"/>
         <v>29843</v>
       </c>
-      <c r="S12" s="7">
+      <c r="W12" s="7">
         <v>24148</v>
       </c>
-      <c r="T12" s="7">
+      <c r="X12" s="7">
         <v>-3013</v>
       </c>
-      <c r="U12" s="7">
-        <f t="shared" si="15"/>
+      <c r="Y12" s="7">
+        <f t="shared" si="17"/>
         <v>21135</v>
       </c>
-      <c r="W12" s="7">
+      <c r="AA12" s="7">
         <v>60601</v>
       </c>
-      <c r="X12" s="7">
+      <c r="AB12" s="7">
         <v>-40956</v>
       </c>
-      <c r="Y12" s="7">
-        <f t="shared" si="16"/>
+      <c r="AC12" s="7">
+        <f t="shared" si="18"/>
         <v>19645</v>
       </c>
-      <c r="AA12" s="7">
+      <c r="AE12" s="7">
         <v>48024</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AF12" s="7">
         <v>-30197</v>
       </c>
-      <c r="AC12" s="7">
-        <f t="shared" si="17"/>
+      <c r="AG12" s="7">
+        <f t="shared" si="19"/>
         <v>17827</v>
-      </c>
-[...9 lines deleted...]
-        <v>14847</v>
       </c>
       <c r="AH12" s="21"/>
       <c r="AI12" s="7">
-        <v>14450</v>
+        <v>16824</v>
       </c>
       <c r="AJ12" s="7">
-        <v>-1904</v>
+        <v>-1977</v>
       </c>
       <c r="AK12" s="7">
         <f>+AI12+AJ12</f>
-        <v>12546</v>
+        <v>14847</v>
       </c>
       <c r="AL12" s="21"/>
       <c r="AM12" s="7">
-        <v>15901</v>
+        <v>14450</v>
       </c>
       <c r="AN12" s="7">
-        <v>-1832</v>
+        <v>-1904</v>
       </c>
       <c r="AO12" s="7">
-        <f t="shared" si="18"/>
-        <v>14069</v>
+        <f>+AM12+AN12</f>
+        <v>12546</v>
       </c>
       <c r="AP12" s="21"/>
       <c r="AQ12" s="7">
+        <v>15901</v>
+      </c>
+      <c r="AR12" s="7">
+        <v>-1832</v>
+      </c>
+      <c r="AS12" s="7">
+        <f t="shared" si="20"/>
+        <v>14069</v>
+      </c>
+      <c r="AT12" s="21"/>
+      <c r="AU12" s="7">
         <v>30532</v>
       </c>
-      <c r="AR12" s="7">
+      <c r="AV12" s="7">
         <v>-17001</v>
       </c>
-      <c r="AS12" s="7">
-        <f t="shared" si="19"/>
+      <c r="AW12" s="7">
+        <f t="shared" si="21"/>
         <v>13531</v>
       </c>
-      <c r="AU12" s="6"/>
-[...2 lines deleted...]
-      <c r="AX12" s="1"/>
       <c r="AY12" s="6"/>
       <c r="AZ12" s="6"/>
       <c r="BA12" s="7"/>
       <c r="BB12" s="1"/>
       <c r="BC12" s="6"/>
       <c r="BD12" s="6"/>
       <c r="BE12" s="7"/>
       <c r="BF12" s="1"/>
       <c r="BG12" s="6"/>
       <c r="BH12" s="6"/>
       <c r="BI12" s="7"/>
       <c r="BJ12" s="1"/>
-      <c r="BN12"/>
+      <c r="BK12" s="6"/>
+      <c r="BL12" s="6"/>
+      <c r="BM12" s="7"/>
+      <c r="BN12" s="1"/>
       <c r="BR12"/>
       <c r="BV12"/>
       <c r="BZ12"/>
-      <c r="CA12" s="6"/>
-[...2 lines deleted...]
-      <c r="CD12" s="6"/>
+      <c r="CD12"/>
       <c r="CE12" s="6"/>
       <c r="CF12" s="6"/>
       <c r="CG12" s="6"/>
       <c r="CH12" s="6"/>
       <c r="CI12" s="6"/>
       <c r="CJ12" s="6"/>
       <c r="CK12" s="6"/>
       <c r="CL12" s="6"/>
       <c r="CM12" s="6"/>
       <c r="CN12" s="6"/>
       <c r="CO12" s="6"/>
       <c r="CP12" s="6"/>
       <c r="CQ12" s="6"/>
       <c r="CR12" s="6"/>
       <c r="CS12" s="6"/>
       <c r="CT12" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>11</v>
+      <c r="CU12" s="6"/>
+      <c r="CV12" s="6"/>
+      <c r="CW12" s="6"/>
+      <c r="CX12" s="6"/>
+    </row>
+    <row r="13" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A13" s="29" t="s">
+        <v>15</v>
       </c>
       <c r="C13" s="7">
-        <f t="shared" ref="C13" si="20">+C10+C11+C12</f>
+        <f t="shared" ref="C13" si="22">+C10+C11+C12</f>
+        <v>163691</v>
+      </c>
+      <c r="D13" s="7">
+        <f t="shared" ref="D13" si="23">SUM(D10:D12)</f>
+        <v>-37896</v>
+      </c>
+      <c r="E13" s="7">
+        <f t="shared" si="12"/>
+        <v>125795</v>
+      </c>
+      <c r="G13" s="7">
+        <f t="shared" ref="G13" si="24">+G10+G11+G12</f>
         <v>178751</v>
       </c>
-      <c r="D13" s="7">
-        <f t="shared" ref="D13" si="21">SUM(D10:D12)</f>
+      <c r="H13" s="7">
+        <f t="shared" ref="H13" si="25">SUM(H10:H12)</f>
         <v>-54335</v>
       </c>
-      <c r="E13" s="7">
-        <f t="shared" si="11"/>
+      <c r="I13" s="7">
+        <f t="shared" si="13"/>
         <v>124416</v>
       </c>
-      <c r="G13" s="7">
-        <f t="shared" ref="G13" si="22">+G10+G11+G12</f>
+      <c r="K13" s="7">
+        <f t="shared" ref="K13" si="26">+K10+K11+K12</f>
         <v>153045</v>
       </c>
-      <c r="H13" s="7">
-        <f t="shared" ref="H13" si="23">SUM(H10:H12)</f>
+      <c r="L13" s="7">
+        <f t="shared" ref="L13" si="27">SUM(L10:L12)</f>
         <v>-50155</v>
       </c>
-      <c r="I13" s="7">
-        <f t="shared" si="12"/>
+      <c r="M13" s="7">
+        <f t="shared" si="14"/>
         <v>102890</v>
       </c>
-      <c r="K13" s="7">
-        <f t="shared" ref="K13" si="24">+K10+K11+K12</f>
+      <c r="O13" s="7">
+        <f t="shared" ref="O13" si="28">+O10+O11+O12</f>
         <v>135633</v>
       </c>
-      <c r="L13" s="7">
-        <f t="shared" ref="L13" si="25">SUM(L10:L12)</f>
+      <c r="P13" s="7">
+        <f t="shared" ref="P13" si="29">SUM(P10:P12)</f>
         <v>-30288</v>
       </c>
-      <c r="M13" s="7">
-        <f t="shared" si="13"/>
+      <c r="Q13" s="7">
+        <f t="shared" si="15"/>
         <v>105345</v>
       </c>
-      <c r="O13" s="7">
-        <f t="shared" ref="O13" si="26">+O10+O11+O12</f>
+      <c r="S13" s="7">
+        <f t="shared" ref="S13" si="30">+S10+S11+S12</f>
         <v>136834</v>
       </c>
-      <c r="P13" s="7">
-        <f t="shared" ref="P13" si="27">SUM(P10:P12)</f>
+      <c r="T13" s="7">
+        <f t="shared" ref="T13" si="31">SUM(T10:T12)</f>
         <v>-22847</v>
       </c>
-      <c r="Q13" s="7">
-        <f t="shared" si="14"/>
+      <c r="U13" s="7">
+        <f t="shared" si="16"/>
         <v>113987</v>
       </c>
-      <c r="S13" s="7">
-        <f t="shared" ref="S13" si="28">+S10+S11+S12</f>
+      <c r="W13" s="7">
+        <f t="shared" ref="W13" si="32">+W10+W11+W12</f>
         <v>108383</v>
       </c>
-      <c r="T13" s="7">
-        <f t="shared" ref="T13" si="29">SUM(T10:T12)</f>
+      <c r="X13" s="7">
+        <f t="shared" ref="X13" si="33">SUM(X10:X12)</f>
         <v>-15037</v>
       </c>
-      <c r="U13" s="7">
-        <f t="shared" si="15"/>
+      <c r="Y13" s="7">
+        <f t="shared" si="17"/>
         <v>93346</v>
       </c>
-      <c r="W13" s="7">
-        <f t="shared" ref="W13" si="30">+W10+W11+W12</f>
+      <c r="AA13" s="7">
+        <f t="shared" ref="AA13" si="34">+AA10+AA11+AA12</f>
         <v>153045</v>
       </c>
-      <c r="X13" s="7">
-        <f t="shared" ref="X13" si="31">SUM(X10:X12)</f>
+      <c r="AB13" s="7">
+        <f t="shared" ref="AB13" si="35">SUM(AB10:AB12)</f>
         <v>-54716</v>
       </c>
-      <c r="Y13" s="7">
-        <f t="shared" si="16"/>
+      <c r="AC13" s="7">
+        <f t="shared" si="18"/>
         <v>98329</v>
       </c>
-      <c r="AA13" s="7">
-        <f t="shared" ref="AA13" si="32">+AA10+AA11+AA12</f>
+      <c r="AE13" s="7">
+        <f t="shared" ref="AE13" si="36">+AE10+AE11+AE12</f>
         <v>141465</v>
       </c>
-      <c r="AB13" s="7">
-        <f t="shared" ref="AB13" si="33">SUM(AB10:AB12)</f>
+      <c r="AF13" s="7">
+        <f t="shared" ref="AF13" si="37">SUM(AF10:AF12)</f>
         <v>-42348</v>
       </c>
-      <c r="AC13" s="7">
-        <f t="shared" si="17"/>
+      <c r="AG13" s="7">
+        <f t="shared" si="19"/>
         <v>99117</v>
-      </c>
-[...11 lines deleted...]
-        <v>79454</v>
       </c>
       <c r="AH13" s="21"/>
       <c r="AI13" s="7">
-        <f t="shared" ref="AI13" si="36">+AI10+AI11+AI12</f>
-        <v>87590</v>
+        <f t="shared" ref="AI13" si="38">+AI10+AI11+AI12</f>
+        <v>92383</v>
       </c>
       <c r="AJ13" s="7">
-        <f t="shared" ref="AJ13" si="37">SUM(AJ10:AJ12)</f>
-        <v>-12279</v>
+        <f t="shared" ref="AJ13" si="39">SUM(AJ10:AJ12)</f>
+        <v>-12929</v>
       </c>
       <c r="AK13" s="7">
         <f>+AI13+AJ13</f>
-        <v>75311</v>
+        <v>79454</v>
       </c>
       <c r="AL13" s="21"/>
       <c r="AM13" s="7">
-        <f t="shared" ref="AM13" si="38">+AM10+AM11+AM12</f>
-        <v>78508</v>
+        <f t="shared" ref="AM13" si="40">+AM10+AM11+AM12</f>
+        <v>87590</v>
       </c>
       <c r="AN13" s="7">
-        <f t="shared" ref="AN13" si="39">SUM(AN10:AN12)</f>
-        <v>-4747</v>
+        <f t="shared" ref="AN13" si="41">SUM(AN10:AN12)</f>
+        <v>-12279</v>
       </c>
       <c r="AO13" s="7">
-        <f t="shared" si="18"/>
-        <v>73761</v>
+        <f>+AM13+AN13</f>
+        <v>75311</v>
       </c>
       <c r="AP13" s="21"/>
       <c r="AQ13" s="7">
-        <f t="shared" ref="AQ13" si="40">+AQ10+AQ11+AQ12</f>
+        <f t="shared" ref="AQ13" si="42">+AQ10+AQ11+AQ12</f>
+        <v>78508</v>
+      </c>
+      <c r="AR13" s="7">
+        <f t="shared" ref="AR13" si="43">SUM(AR10:AR12)</f>
+        <v>-4747</v>
+      </c>
+      <c r="AS13" s="7">
+        <f t="shared" si="20"/>
+        <v>73761</v>
+      </c>
+      <c r="AT13" s="21"/>
+      <c r="AU13" s="7">
+        <f t="shared" ref="AU13" si="44">+AU10+AU11+AU12</f>
         <v>86420</v>
       </c>
-      <c r="AR13" s="7">
-        <f t="shared" ref="AR13" si="41">SUM(AR10:AR12)</f>
+      <c r="AV13" s="7">
+        <f t="shared" ref="AV13" si="45">SUM(AV10:AV12)</f>
         <v>-22019</v>
       </c>
-      <c r="AS13" s="7">
-        <f t="shared" si="19"/>
+      <c r="AW13" s="7">
+        <f t="shared" si="21"/>
         <v>64401</v>
       </c>
-      <c r="AU13" s="7"/>
-[...2 lines deleted...]
-      <c r="AX13" s="1"/>
       <c r="AY13" s="7"/>
       <c r="AZ13" s="7"/>
       <c r="BA13" s="7"/>
       <c r="BB13" s="1"/>
       <c r="BC13" s="7"/>
       <c r="BD13" s="7"/>
       <c r="BE13" s="7"/>
       <c r="BF13" s="1"/>
       <c r="BG13" s="7"/>
       <c r="BH13" s="7"/>
       <c r="BI13" s="7"/>
       <c r="BJ13" s="1"/>
-      <c r="BN13"/>
+      <c r="BK13" s="7"/>
+      <c r="BL13" s="7"/>
+      <c r="BM13" s="7"/>
+      <c r="BN13" s="1"/>
       <c r="BR13"/>
       <c r="BV13"/>
       <c r="BZ13"/>
-      <c r="CA13" s="7"/>
-[...2 lines deleted...]
-      <c r="CD13" s="7"/>
+      <c r="CD13"/>
       <c r="CE13" s="7"/>
       <c r="CF13" s="7"/>
       <c r="CG13" s="7"/>
       <c r="CH13" s="7"/>
       <c r="CI13" s="7"/>
       <c r="CJ13" s="7"/>
       <c r="CK13" s="7"/>
       <c r="CL13" s="7"/>
       <c r="CM13" s="7"/>
       <c r="CN13" s="7"/>
       <c r="CO13" s="7"/>
       <c r="CP13" s="7"/>
       <c r="CQ13" s="7"/>
       <c r="CR13" s="7"/>
       <c r="CS13" s="7"/>
       <c r="CT13" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>12</v>
+      <c r="CU13" s="7"/>
+      <c r="CV13" s="7"/>
+      <c r="CW13" s="7"/>
+      <c r="CX13" s="7"/>
+    </row>
+    <row r="14" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A14" s="29" t="s">
+        <v>16</v>
       </c>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7">
-        <f t="shared" si="11"/>
-[...8 lines deleted...]
-      <c r="I14" s="7">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
       <c r="K14" s="7">
         <v>0</v>
       </c>
       <c r="L14" s="7">
         <v>0</v>
       </c>
       <c r="M14" s="7">
-        <f t="shared" ref="M14:M21" si="42">+K14+L14</f>
-[...8 lines deleted...]
-      <c r="Q14" s="7">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
+      <c r="O14" s="7">
+        <v>0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="7">
+        <f t="shared" ref="Q14:Q21" si="46">+O14+P14</f>
+        <v>0</v>
+      </c>
       <c r="S14" s="7">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="T14" s="7"/>
+        <v>2161</v>
+      </c>
+      <c r="T14" s="7">
+        <v>-2161</v>
+      </c>
       <c r="U14" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="W14" s="7">
         <v>0</v>
       </c>
       <c r="X14" s="7"/>
       <c r="Y14" s="7">
-        <f t="shared" si="16"/>
-[...8 lines deleted...]
-      <c r="AC14" s="7">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AD14" s="21"/>
-[...2 lines deleted...]
-      <c r="AG14" s="7"/>
+      <c r="AA14" s="7">
+        <v>0</v>
+      </c>
+      <c r="AB14" s="7"/>
+      <c r="AC14" s="7">
+        <f t="shared" si="18"/>
+        <v>0</v>
+      </c>
+      <c r="AE14" s="7">
+        <v>6254</v>
+      </c>
+      <c r="AF14" s="7">
+        <v>-6254</v>
+      </c>
+      <c r="AG14" s="7">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
       <c r="AH14" s="21"/>
       <c r="AI14" s="22"/>
       <c r="AJ14" s="7"/>
       <c r="AK14" s="7"/>
       <c r="AL14" s="21"/>
       <c r="AM14" s="22"/>
       <c r="AN14" s="7"/>
       <c r="AO14" s="7"/>
       <c r="AP14" s="21"/>
       <c r="AQ14" s="22"/>
       <c r="AR14" s="7"/>
       <c r="AS14" s="7"/>
-      <c r="AU14" s="17"/>
+      <c r="AT14" s="21"/>
+      <c r="AU14" s="22"/>
       <c r="AV14" s="7"/>
       <c r="AW14" s="7"/>
-      <c r="AX14" s="1"/>
-      <c r="AY14" s="6"/>
+      <c r="AY14" s="17"/>
       <c r="AZ14" s="7"/>
       <c r="BA14" s="7"/>
       <c r="BB14" s="1"/>
       <c r="BC14" s="6"/>
       <c r="BD14" s="7"/>
       <c r="BE14" s="7"/>
       <c r="BF14" s="1"/>
       <c r="BG14" s="6"/>
       <c r="BH14" s="7"/>
       <c r="BI14" s="7"/>
       <c r="BJ14" s="1"/>
-      <c r="BN14"/>
+      <c r="BK14" s="6"/>
+      <c r="BL14" s="7"/>
+      <c r="BM14" s="7"/>
+      <c r="BN14" s="1"/>
       <c r="BR14"/>
       <c r="BV14"/>
       <c r="BZ14"/>
-      <c r="CA14" s="7"/>
-[...2 lines deleted...]
-      <c r="CD14" s="7"/>
+      <c r="CD14"/>
       <c r="CE14" s="7"/>
       <c r="CF14" s="7"/>
       <c r="CG14" s="7"/>
       <c r="CH14" s="7"/>
       <c r="CI14" s="7"/>
       <c r="CJ14" s="7"/>
       <c r="CK14" s="7"/>
       <c r="CL14" s="7"/>
       <c r="CM14" s="7"/>
       <c r="CN14" s="7"/>
       <c r="CO14" s="7"/>
       <c r="CP14" s="7"/>
       <c r="CQ14" s="7"/>
       <c r="CR14" s="7"/>
       <c r="CS14" s="7"/>
       <c r="CT14" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>48</v>
+      <c r="CU14" s="7"/>
+      <c r="CV14" s="7"/>
+      <c r="CW14" s="7"/>
+      <c r="CX14" s="7"/>
+    </row>
+    <row r="15" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A15" s="29" t="s">
+        <v>17</v>
       </c>
       <c r="C15" s="7">
         <f>+C8-C13+C14</f>
-        <v>43615</v>
+        <v>77184</v>
       </c>
       <c r="D15" s="7">
         <f>+D8-D13+D14</f>
-        <v>75939</v>
+        <v>61683</v>
       </c>
       <c r="E15" s="7">
-        <f t="shared" si="11"/>
-        <v>119554</v>
+        <f t="shared" si="12"/>
+        <v>138867</v>
       </c>
       <c r="G15" s="7">
         <f>+G8-G13+G14</f>
-        <v>87966</v>
+        <v>43615</v>
       </c>
       <c r="H15" s="7">
         <f>+H8-H13+H14</f>
-        <v>64606</v>
+        <v>75939</v>
       </c>
       <c r="I15" s="7">
-        <f t="shared" si="12"/>
-        <v>152572</v>
+        <f t="shared" si="13"/>
+        <v>119554</v>
       </c>
       <c r="K15" s="7">
         <f>+K8-K13+K14</f>
-        <v>102067</v>
+        <v>87966</v>
       </c>
       <c r="L15" s="7">
         <f>+L8-L13+L14</f>
-        <v>42191</v>
+        <v>64606</v>
       </c>
       <c r="M15" s="7">
-        <f t="shared" si="42"/>
-        <v>144258</v>
+        <f t="shared" si="14"/>
+        <v>152572</v>
       </c>
       <c r="O15" s="7">
         <f>+O8-O13+O14</f>
-        <v>113872</v>
+        <v>102067</v>
       </c>
       <c r="P15" s="7">
         <f>+P8-P13+P14</f>
-        <v>37959</v>
+        <v>42191</v>
       </c>
       <c r="Q15" s="7">
-        <f t="shared" si="14"/>
-        <v>151831</v>
+        <f t="shared" si="46"/>
+        <v>144258</v>
       </c>
       <c r="S15" s="7">
         <f>+S8-S13+S14</f>
-        <v>133743</v>
+        <v>113872</v>
       </c>
       <c r="T15" s="7">
         <f>+T8-T13+T14</f>
-        <v>31364</v>
+        <v>37959</v>
       </c>
       <c r="U15" s="7">
-        <f t="shared" si="15"/>
-        <v>165107</v>
+        <f t="shared" si="16"/>
+        <v>151831</v>
       </c>
       <c r="W15" s="7">
         <f>+W8-W13+W14</f>
-        <v>102729</v>
+        <v>133743</v>
       </c>
       <c r="X15" s="7">
         <f>+X8-X13+X14</f>
-        <v>68387</v>
+        <v>31364</v>
       </c>
       <c r="Y15" s="7">
-        <f t="shared" si="16"/>
-        <v>171116</v>
+        <f t="shared" si="17"/>
+        <v>165107</v>
       </c>
       <c r="AA15" s="7">
         <f>+AA8-AA13+AA14</f>
-        <v>106635</v>
+        <v>102729</v>
       </c>
       <c r="AB15" s="7">
         <f>+AB8-AB13+AB14</f>
-        <v>48657</v>
+        <v>68387</v>
       </c>
       <c r="AC15" s="7">
-        <f t="shared" si="17"/>
-[...2 lines deleted...]
-      <c r="AD15" s="21"/>
+        <f t="shared" si="18"/>
+        <v>171116</v>
+      </c>
       <c r="AE15" s="7">
-        <f t="shared" ref="AE15" si="43">+AE8-AE13-AE14</f>
-        <v>137486</v>
+        <f>+AE8-AE13+AE14</f>
+        <v>106635</v>
       </c>
       <c r="AF15" s="7">
         <f>+AF8-AF13+AF14</f>
-        <v>28251</v>
+        <v>48657</v>
       </c>
       <c r="AG15" s="7">
-        <f>+AE15+AF15</f>
-        <v>165737</v>
+        <f t="shared" si="19"/>
+        <v>155292</v>
       </c>
       <c r="AH15" s="21"/>
       <c r="AI15" s="7">
-        <f t="shared" ref="AI15" si="44">+AI8-AI13-AI14</f>
-        <v>112361</v>
+        <f t="shared" ref="AI15" si="47">+AI8-AI13-AI14</f>
+        <v>137486</v>
       </c>
       <c r="AJ15" s="7">
         <f>+AJ8-AJ13+AJ14</f>
-        <v>27182</v>
+        <v>28251</v>
       </c>
       <c r="AK15" s="7">
         <f>+AI15+AJ15</f>
-        <v>139543</v>
+        <v>165737</v>
       </c>
       <c r="AL15" s="21"/>
       <c r="AM15" s="7">
-        <f t="shared" ref="AM15" si="45">+AM8-AM13-AM14</f>
-        <v>124139</v>
+        <f t="shared" ref="AM15" si="48">+AM8-AM13-AM14</f>
+        <v>112361</v>
       </c>
       <c r="AN15" s="7">
         <f>+AN8-AN13+AN14</f>
-        <v>25927</v>
+        <v>27182</v>
       </c>
       <c r="AO15" s="7">
-        <f t="shared" ref="AO15:AO21" si="46">+AM15+AN15</f>
-        <v>150066</v>
+        <f>+AM15+AN15</f>
+        <v>139543</v>
       </c>
       <c r="AP15" s="21"/>
       <c r="AQ15" s="7">
-        <f t="shared" ref="AQ15" si="47">+AQ8-AQ13-AQ14</f>
-        <v>-9344</v>
+        <f t="shared" ref="AQ15" si="49">+AQ8-AQ13-AQ14</f>
+        <v>124139</v>
       </c>
       <c r="AR15" s="7">
         <f>+AR8-AR13+AR14</f>
+        <v>25927</v>
+      </c>
+      <c r="AS15" s="7">
+        <f t="shared" ref="AS15:AS21" si="50">+AQ15+AR15</f>
+        <v>150066</v>
+      </c>
+      <c r="AT15" s="21"/>
+      <c r="AU15" s="7">
+        <f t="shared" ref="AU15" si="51">+AU8-AU13-AU14</f>
+        <v>-9344</v>
+      </c>
+      <c r="AV15" s="7">
+        <f>+AV8-AV13+AV14</f>
         <v>151346</v>
       </c>
-      <c r="AS15" s="7">
-        <f t="shared" ref="AS15:AS21" si="48">+AQ15+AR15</f>
+      <c r="AW15" s="7">
+        <f t="shared" ref="AW15:AW21" si="52">+AU15+AV15</f>
         <v>142002</v>
       </c>
-      <c r="AU15" s="7"/>
-[...2 lines deleted...]
-      <c r="AX15" s="1"/>
       <c r="AY15" s="7"/>
       <c r="AZ15" s="7"/>
       <c r="BA15" s="7"/>
       <c r="BB15" s="1"/>
       <c r="BC15" s="7"/>
       <c r="BD15" s="7"/>
       <c r="BE15" s="7"/>
       <c r="BF15" s="1"/>
       <c r="BG15" s="7"/>
       <c r="BH15" s="7"/>
       <c r="BI15" s="7"/>
       <c r="BJ15" s="1"/>
-      <c r="BN15"/>
+      <c r="BK15" s="7"/>
+      <c r="BL15" s="7"/>
+      <c r="BM15" s="7"/>
+      <c r="BN15" s="1"/>
       <c r="BR15"/>
       <c r="BV15"/>
       <c r="BZ15"/>
-      <c r="CA15" s="7"/>
-[...2 lines deleted...]
-      <c r="CD15" s="7"/>
+      <c r="CD15"/>
       <c r="CE15" s="7"/>
       <c r="CF15" s="7"/>
       <c r="CG15" s="7"/>
       <c r="CH15" s="7"/>
       <c r="CI15" s="7"/>
       <c r="CJ15" s="7"/>
       <c r="CK15" s="7"/>
       <c r="CL15" s="7"/>
       <c r="CM15" s="7"/>
       <c r="CN15" s="7"/>
       <c r="CO15" s="7"/>
       <c r="CP15" s="7"/>
       <c r="CQ15" s="7"/>
       <c r="CR15" s="7"/>
       <c r="CS15" s="7"/>
       <c r="CT15" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>13</v>
+      <c r="CU15" s="7"/>
+      <c r="CV15" s="7"/>
+      <c r="CW15" s="7"/>
+      <c r="CX15" s="7"/>
+    </row>
+    <row r="16" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A16" s="29" t="s">
+        <v>18</v>
       </c>
       <c r="C16" s="7">
-        <v>4950</v>
+        <v>5078</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="7">
-        <f t="shared" si="11"/>
+        <f t="shared" si="12"/>
+        <v>5078</v>
+      </c>
+      <c r="G16" s="7">
         <v>4950</v>
-      </c>
-[...1 lines deleted...]
-        <v>4917</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="13"/>
+        <v>4950</v>
+      </c>
+      <c r="K16" s="7">
         <v>4917</v>
-      </c>
-[...1 lines deleted...]
-        <v>4804</v>
       </c>
       <c r="L16" s="7"/>
       <c r="M16" s="7">
-        <f t="shared" si="42"/>
+        <f t="shared" si="14"/>
+        <v>4917</v>
+      </c>
+      <c r="O16" s="7">
         <v>4804</v>
-      </c>
-[...1 lines deleted...]
-        <v>5045</v>
       </c>
       <c r="P16" s="7"/>
       <c r="Q16" s="7">
-        <f t="shared" si="14"/>
+        <f t="shared" si="46"/>
+        <v>4804</v>
+      </c>
+      <c r="S16" s="7">
         <v>5045</v>
-      </c>
-[...1 lines deleted...]
-        <v>4903</v>
       </c>
       <c r="T16" s="7"/>
       <c r="U16" s="7">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
+        <v>5045</v>
+      </c>
+      <c r="W16" s="7">
         <v>4903</v>
-      </c>
-[...1 lines deleted...]
-        <v>4862</v>
       </c>
       <c r="X16" s="7"/>
       <c r="Y16" s="7">
-        <f t="shared" si="16"/>
+        <f t="shared" si="17"/>
+        <v>4903</v>
+      </c>
+      <c r="AA16" s="7">
         <v>4862</v>
-      </c>
-[...1 lines deleted...]
-        <v>4859</v>
       </c>
       <c r="AB16" s="7"/>
       <c r="AC16" s="7">
-        <f t="shared" si="17"/>
+        <f t="shared" si="18"/>
+        <v>4862</v>
+      </c>
+      <c r="AE16" s="7">
         <v>4859</v>
-      </c>
-[...2 lines deleted...]
-        <v>5041</v>
       </c>
       <c r="AF16" s="7"/>
       <c r="AG16" s="7">
-        <f>+AE16+AF16</f>
-        <v>5041</v>
+        <f t="shared" si="19"/>
+        <v>4859</v>
       </c>
       <c r="AH16" s="21"/>
       <c r="AI16" s="7">
-        <v>5054</v>
+        <v>5041</v>
       </c>
       <c r="AJ16" s="7"/>
       <c r="AK16" s="7">
         <f>+AI16+AJ16</f>
-        <v>5054</v>
+        <v>5041</v>
       </c>
       <c r="AL16" s="21"/>
       <c r="AM16" s="7">
-        <v>4933</v>
+        <v>5054</v>
       </c>
       <c r="AN16" s="7"/>
       <c r="AO16" s="7">
-        <f t="shared" si="46"/>
-        <v>4933</v>
+        <f>+AM16+AN16</f>
+        <v>5054</v>
       </c>
       <c r="AP16" s="21"/>
       <c r="AQ16" s="7">
-        <v>4991</v>
+        <v>4933</v>
       </c>
       <c r="AR16" s="7"/>
       <c r="AS16" s="7">
-        <f t="shared" si="48"/>
+        <f t="shared" si="50"/>
+        <v>4933</v>
+      </c>
+      <c r="AT16" s="21"/>
+      <c r="AU16" s="7">
         <v>4991</v>
       </c>
-      <c r="AU16" s="6"/>
-[...2 lines deleted...]
-      <c r="AX16" s="1"/>
+      <c r="AV16" s="7"/>
+      <c r="AW16" s="7">
+        <f t="shared" si="52"/>
+        <v>4991</v>
+      </c>
       <c r="AY16" s="6"/>
       <c r="AZ16" s="6"/>
       <c r="BA16" s="7"/>
       <c r="BB16" s="1"/>
       <c r="BC16" s="6"/>
       <c r="BD16" s="6"/>
       <c r="BE16" s="7"/>
       <c r="BF16" s="1"/>
       <c r="BG16" s="6"/>
       <c r="BH16" s="6"/>
       <c r="BI16" s="7"/>
       <c r="BJ16" s="1"/>
-      <c r="BN16"/>
+      <c r="BK16" s="6"/>
+      <c r="BL16" s="6"/>
+      <c r="BM16" s="7"/>
+      <c r="BN16" s="1"/>
       <c r="BR16"/>
       <c r="BV16"/>
       <c r="BZ16"/>
-      <c r="CA16" s="6"/>
-[...2 lines deleted...]
-      <c r="CD16" s="6"/>
+      <c r="CD16"/>
       <c r="CE16" s="6"/>
       <c r="CF16" s="6"/>
       <c r="CG16" s="6"/>
       <c r="CH16" s="6"/>
       <c r="CI16" s="6"/>
       <c r="CJ16" s="6"/>
       <c r="CK16" s="6"/>
       <c r="CL16" s="6"/>
       <c r="CM16" s="6"/>
       <c r="CN16" s="6"/>
       <c r="CO16" s="6"/>
       <c r="CP16" s="6"/>
       <c r="CQ16" s="6"/>
       <c r="CR16" s="6"/>
       <c r="CS16" s="6"/>
       <c r="CT16" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>66</v>
+      <c r="CU16" s="6"/>
+      <c r="CV16" s="6"/>
+      <c r="CW16" s="6"/>
+      <c r="CX16" s="6"/>
+    </row>
+    <row r="17" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A17" s="30" t="s">
+        <v>49</v>
       </c>
       <c r="C17" s="7">
+        <v>9488</v>
+      </c>
+      <c r="D17" s="7">
+        <v>-9511</v>
+      </c>
+      <c r="E17" s="7">
+        <f t="shared" si="12"/>
+        <v>-23</v>
+      </c>
+      <c r="G17" s="7">
         <v>-1160</v>
       </c>
-      <c r="D17" s="7">
+      <c r="H17" s="7">
         <v>1116</v>
       </c>
-      <c r="E17" s="7">
-        <f t="shared" si="11"/>
+      <c r="I17" s="7">
+        <f t="shared" si="13"/>
         <v>-44</v>
       </c>
-      <c r="G17" s="7">
+      <c r="K17" s="7">
         <v>-14573</v>
       </c>
-      <c r="H17" s="7">
+      <c r="L17" s="7">
         <v>14531</v>
       </c>
-      <c r="I17" s="7">
-        <f t="shared" si="12"/>
+      <c r="M17" s="7">
+        <f t="shared" si="14"/>
         <v>-42</v>
       </c>
-      <c r="K17" s="7">
+      <c r="O17" s="7">
         <v>14862</v>
       </c>
-      <c r="L17" s="7">
+      <c r="P17" s="7">
         <v>-14862</v>
       </c>
-      <c r="M17" s="7">
-        <f t="shared" si="42"/>
+      <c r="Q17" s="7">
+        <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="O17" s="7">
+      <c r="S17" s="7">
         <v>119056</v>
       </c>
-      <c r="P17" s="7">
+      <c r="T17" s="7">
         <v>-119056</v>
-      </c>
-[...8 lines deleted...]
-        <v>37325</v>
       </c>
       <c r="U17" s="7">
         <f>+S17+T17</f>
         <v>0</v>
       </c>
       <c r="W17" s="7">
-        <v>22537</v>
+        <v>-37325</v>
       </c>
       <c r="X17" s="7">
-        <v>-22537</v>
+        <v>37325</v>
       </c>
       <c r="Y17" s="7">
         <f>+W17+X17</f>
         <v>0</v>
       </c>
       <c r="AA17" s="7">
-        <v>-60704</v>
+        <v>22537</v>
       </c>
       <c r="AB17" s="7">
-        <v>60704</v>
+        <v>-22537</v>
       </c>
       <c r="AC17" s="7">
         <f>+AA17+AB17</f>
         <v>0</v>
       </c>
-      <c r="AD17" s="21"/>
-[...2 lines deleted...]
-      <c r="AG17" s="7"/>
+      <c r="AE17" s="7">
+        <v>-60704</v>
+      </c>
+      <c r="AF17" s="7">
+        <v>60704</v>
+      </c>
+      <c r="AG17" s="7">
+        <f>+AE17+AF17</f>
+        <v>0</v>
+      </c>
       <c r="AH17" s="21"/>
       <c r="AI17" s="7"/>
       <c r="AJ17" s="7"/>
       <c r="AK17" s="7"/>
       <c r="AL17" s="21"/>
       <c r="AM17" s="7"/>
       <c r="AN17" s="7"/>
       <c r="AO17" s="7"/>
       <c r="AP17" s="21"/>
       <c r="AQ17" s="7"/>
       <c r="AR17" s="7"/>
       <c r="AS17" s="7"/>
-      <c r="AU17" s="6"/>
-      <c r="AV17" s="6"/>
+      <c r="AT17" s="21"/>
+      <c r="AU17" s="7"/>
+      <c r="AV17" s="7"/>
       <c r="AW17" s="7"/>
-      <c r="AX17" s="1"/>
       <c r="AY17" s="6"/>
       <c r="AZ17" s="6"/>
       <c r="BA17" s="7"/>
       <c r="BB17" s="1"/>
       <c r="BC17" s="6"/>
       <c r="BD17" s="6"/>
       <c r="BE17" s="7"/>
       <c r="BF17" s="1"/>
       <c r="BG17" s="6"/>
       <c r="BH17" s="6"/>
       <c r="BI17" s="7"/>
       <c r="BJ17" s="1"/>
-      <c r="BN17"/>
+      <c r="BK17" s="6"/>
+      <c r="BL17" s="6"/>
+      <c r="BM17" s="7"/>
+      <c r="BN17" s="1"/>
       <c r="BR17"/>
       <c r="BV17"/>
       <c r="BZ17"/>
-      <c r="CA17" s="6"/>
-[...2 lines deleted...]
-      <c r="CD17" s="6"/>
+      <c r="CD17"/>
       <c r="CE17" s="6"/>
       <c r="CF17" s="6"/>
       <c r="CG17" s="6"/>
       <c r="CH17" s="6"/>
       <c r="CI17" s="6"/>
       <c r="CJ17" s="6"/>
       <c r="CK17" s="6"/>
       <c r="CL17" s="6"/>
       <c r="CM17" s="6"/>
       <c r="CN17" s="6"/>
       <c r="CO17" s="6"/>
       <c r="CP17" s="6"/>
       <c r="CQ17" s="6"/>
       <c r="CR17" s="6"/>
       <c r="CS17" s="6"/>
       <c r="CT17" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>36</v>
+      <c r="CU17" s="6"/>
+      <c r="CV17" s="6"/>
+      <c r="CW17" s="6"/>
+      <c r="CX17" s="6"/>
+    </row>
+    <row r="18" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A18" s="29" t="s">
+        <v>50</v>
       </c>
       <c r="C18" s="7">
+        <v>-7747</v>
+      </c>
+      <c r="D18" s="7">
+        <v>5000</v>
+      </c>
+      <c r="E18" s="7">
+        <f t="shared" si="12"/>
+        <v>-2747</v>
+      </c>
+      <c r="G18" s="7">
         <v>-2556</v>
-      </c>
-[...6 lines deleted...]
-        <v>-6895</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="7">
-        <f t="shared" si="12"/>
+        <f t="shared" si="13"/>
+        <v>-2556</v>
+      </c>
+      <c r="K18" s="7">
         <v>-6895</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7"/>
+      <c r="M18" s="7">
+        <f t="shared" si="14"/>
+        <v>-6895</v>
+      </c>
+      <c r="O18" s="7">
         <v>-14128</v>
       </c>
-      <c r="L18" s="7">
+      <c r="P18" s="7">
         <v>4727</v>
       </c>
-      <c r="M18" s="7">
-        <f t="shared" si="42"/>
+      <c r="Q18" s="7">
+        <f t="shared" si="46"/>
         <v>-9401</v>
       </c>
-      <c r="O18" s="7">
+      <c r="S18" s="7">
         <v>-9446</v>
-      </c>
-[...6 lines deleted...]
-        <v>-9953</v>
       </c>
       <c r="T18" s="7"/>
       <c r="U18" s="7">
         <f>+S18+T18</f>
+        <v>-9446</v>
+      </c>
+      <c r="W18" s="7">
         <v>-9953</v>
-      </c>
-[...1 lines deleted...]
-        <v>-9044</v>
       </c>
       <c r="X18" s="7"/>
       <c r="Y18" s="7">
         <f>+W18+X18</f>
+        <v>-9953</v>
+      </c>
+      <c r="AA18" s="7">
         <v>-9044</v>
-      </c>
-[...1 lines deleted...]
-        <v>-8788</v>
       </c>
       <c r="AB18" s="7"/>
       <c r="AC18" s="7">
         <f>+AA18+AB18</f>
+        <v>-9044</v>
+      </c>
+      <c r="AE18" s="7">
         <v>-8788</v>
-      </c>
-[...2 lines deleted...]
-        <v>-5958</v>
       </c>
       <c r="AF18" s="7"/>
       <c r="AG18" s="7">
         <f>+AE18+AF18</f>
-        <v>-5958</v>
+        <v>-8788</v>
       </c>
       <c r="AH18" s="21"/>
       <c r="AI18" s="7">
-        <v>-52649</v>
-[...3 lines deleted...]
-      </c>
+        <v>-5958</v>
+      </c>
+      <c r="AJ18" s="7"/>
       <c r="AK18" s="7">
         <f>+AI18+AJ18</f>
-        <v>-860</v>
+        <v>-5958</v>
       </c>
       <c r="AL18" s="21"/>
       <c r="AM18" s="7">
-        <v>-4482</v>
-[...1 lines deleted...]
-      <c r="AN18" s="7"/>
+        <v>-52649</v>
+      </c>
+      <c r="AN18" s="7">
+        <v>51789</v>
+      </c>
       <c r="AO18" s="7">
-        <f t="shared" ref="AO18" si="49">+AM18+AN18</f>
-        <v>-4482</v>
+        <f>+AM18+AN18</f>
+        <v>-860</v>
       </c>
       <c r="AP18" s="21"/>
       <c r="AQ18" s="7">
-        <v>-3231</v>
+        <v>-4482</v>
       </c>
       <c r="AR18" s="7"/>
       <c r="AS18" s="7">
-        <f t="shared" ref="AS18" si="50">+AQ18+AR18</f>
+        <f t="shared" ref="AS18" si="53">+AQ18+AR18</f>
+        <v>-4482</v>
+      </c>
+      <c r="AT18" s="21"/>
+      <c r="AU18" s="7">
         <v>-3231</v>
       </c>
-      <c r="AU18" s="6"/>
-[...2 lines deleted...]
-      <c r="AX18" s="1"/>
+      <c r="AV18" s="7"/>
+      <c r="AW18" s="7">
+        <f t="shared" ref="AW18" si="54">+AU18+AV18</f>
+        <v>-3231</v>
+      </c>
       <c r="AY18" s="6"/>
       <c r="AZ18" s="6"/>
       <c r="BA18" s="7"/>
       <c r="BB18" s="1"/>
       <c r="BC18" s="6"/>
       <c r="BD18" s="6"/>
       <c r="BE18" s="7"/>
       <c r="BF18" s="1"/>
       <c r="BG18" s="6"/>
       <c r="BH18" s="6"/>
       <c r="BI18" s="7"/>
       <c r="BJ18" s="1"/>
-      <c r="BN18"/>
+      <c r="BK18" s="6"/>
+      <c r="BL18" s="6"/>
+      <c r="BM18" s="7"/>
+      <c r="BN18" s="1"/>
       <c r="BR18"/>
       <c r="BV18"/>
       <c r="BZ18"/>
-      <c r="CA18" s="6"/>
-[...2 lines deleted...]
-      <c r="CD18" s="6"/>
+      <c r="CD18"/>
       <c r="CE18" s="6"/>
       <c r="CF18" s="6"/>
       <c r="CG18" s="6"/>
       <c r="CH18" s="6"/>
       <c r="CI18" s="6"/>
       <c r="CJ18" s="6"/>
       <c r="CK18" s="6"/>
       <c r="CL18" s="6"/>
       <c r="CM18" s="6"/>
       <c r="CN18" s="6"/>
       <c r="CO18" s="6"/>
       <c r="CP18" s="6"/>
       <c r="CQ18" s="6"/>
       <c r="CR18" s="6"/>
       <c r="CS18" s="6"/>
       <c r="CT18" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>57</v>
+      <c r="CU18" s="6"/>
+      <c r="CV18" s="6"/>
+      <c r="CW18" s="6"/>
+      <c r="CX18" s="6"/>
+    </row>
+    <row r="19" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A19" s="23" t="s">
+        <v>51</v>
       </c>
       <c r="C19" s="7">
         <f>+C15-C16-C18-C17</f>
-        <v>42381</v>
+        <v>70365</v>
       </c>
       <c r="D19" s="7">
         <f>+D15-D18-D17</f>
-        <v>74823</v>
+        <v>66194</v>
       </c>
       <c r="E19" s="7">
         <f>+C19+D19</f>
-        <v>117204</v>
+        <v>136559</v>
       </c>
       <c r="G19" s="7">
         <f>+G15-G16-G18-G17</f>
-        <v>104517</v>
+        <v>42381</v>
       </c>
       <c r="H19" s="7">
         <f>+H15-H18-H17</f>
-        <v>50075</v>
+        <v>74823</v>
       </c>
       <c r="I19" s="7">
-        <f t="shared" si="12"/>
-        <v>154592</v>
+        <f>+G19+H19</f>
+        <v>117204</v>
       </c>
       <c r="K19" s="7">
         <f>+K15-K16-K18-K17</f>
-        <v>96529</v>
+        <v>104517</v>
       </c>
       <c r="L19" s="7">
         <f>+L15-L18-L17</f>
-        <v>52326</v>
+        <v>50075</v>
       </c>
       <c r="M19" s="7">
-        <f t="shared" si="42"/>
-        <v>148855</v>
+        <f t="shared" si="14"/>
+        <v>154592</v>
       </c>
       <c r="O19" s="7">
         <f>+O15-O16-O18-O17</f>
-        <v>-783</v>
+        <v>96529</v>
       </c>
       <c r="P19" s="7">
         <f>+P15-P18-P17</f>
-        <v>157015</v>
+        <v>52326</v>
       </c>
       <c r="Q19" s="7">
-        <f>+O19+P19</f>
-        <v>156232</v>
+        <f t="shared" si="46"/>
+        <v>148855</v>
       </c>
       <c r="S19" s="7">
         <f>+S15-S16-S18-S17</f>
-        <v>176118</v>
+        <v>-783</v>
       </c>
       <c r="T19" s="7">
         <f>+T15-T18-T17</f>
-        <v>-5961</v>
+        <v>157015</v>
       </c>
       <c r="U19" s="7">
         <f>+S19+T19</f>
-        <v>170157</v>
+        <v>156232</v>
       </c>
       <c r="W19" s="7">
         <f>+W15-W16-W18-W17</f>
-        <v>84374</v>
+        <v>176118</v>
       </c>
       <c r="X19" s="7">
         <f>+X15-X18-X17</f>
-        <v>90924</v>
+        <v>-5961</v>
       </c>
       <c r="Y19" s="7">
         <f>+W19+X19</f>
-        <v>175298</v>
+        <v>170157</v>
       </c>
       <c r="AA19" s="7">
         <f>+AA15-AA16-AA18-AA17</f>
-        <v>171268</v>
+        <v>84374</v>
       </c>
       <c r="AB19" s="7">
         <f>+AB15-AB18-AB17</f>
-        <v>-12047</v>
+        <v>90924</v>
       </c>
       <c r="AC19" s="7">
         <f>+AA19+AB19</f>
-        <v>159221</v>
-[...1 lines deleted...]
-      <c r="AD19" s="21"/>
+        <v>175298</v>
+      </c>
       <c r="AE19" s="7">
-        <f>+AE15-AE16-AE18</f>
-        <v>138403</v>
+        <f>+AE15-AE16-AE18-AE17</f>
+        <v>171268</v>
       </c>
       <c r="AF19" s="7">
-        <f>+AF15-AF18</f>
-        <v>28251</v>
+        <f>+AF15-AF18-AF17</f>
+        <v>-12047</v>
       </c>
       <c r="AG19" s="7">
         <f>+AE19+AF19</f>
-        <v>166654</v>
+        <v>159221</v>
       </c>
       <c r="AH19" s="21"/>
       <c r="AI19" s="7">
         <f>+AI15-AI16-AI18</f>
-        <v>159956</v>
+        <v>138403</v>
       </c>
       <c r="AJ19" s="7">
         <f>+AJ15-AJ18</f>
-        <v>-24607</v>
+        <v>28251</v>
       </c>
       <c r="AK19" s="7">
         <f>+AI19+AJ19</f>
-        <v>135349</v>
+        <v>166654</v>
       </c>
       <c r="AL19" s="21"/>
       <c r="AM19" s="7">
         <f>+AM15-AM16-AM18</f>
-        <v>123688</v>
+        <v>159956</v>
       </c>
       <c r="AN19" s="7">
         <f>+AN15-AN18</f>
-        <v>25927</v>
+        <v>-24607</v>
       </c>
       <c r="AO19" s="7">
-        <f t="shared" si="46"/>
-        <v>149615</v>
+        <f>+AM19+AN19</f>
+        <v>135349</v>
       </c>
       <c r="AP19" s="21"/>
       <c r="AQ19" s="7">
         <f>+AQ15-AQ16-AQ18</f>
-        <v>-11104</v>
+        <v>123688</v>
       </c>
       <c r="AR19" s="7">
         <f>+AR15-AR18</f>
+        <v>25927</v>
+      </c>
+      <c r="AS19" s="7">
+        <f t="shared" si="50"/>
+        <v>149615</v>
+      </c>
+      <c r="AT19" s="21"/>
+      <c r="AU19" s="7">
+        <f>+AU15-AU16-AU18</f>
+        <v>-11104</v>
+      </c>
+      <c r="AV19" s="7">
+        <f>+AV15-AV18</f>
         <v>151346</v>
       </c>
-      <c r="AS19" s="7">
-        <f>+AQ19+AR19</f>
+      <c r="AW19" s="7">
+        <f>+AU19+AV19</f>
         <v>140242</v>
       </c>
-      <c r="AU19" s="7"/>
-[...2 lines deleted...]
-      <c r="AX19" s="1"/>
       <c r="AY19" s="7"/>
       <c r="AZ19" s="7"/>
       <c r="BA19" s="7"/>
       <c r="BB19" s="1"/>
       <c r="BC19" s="7"/>
       <c r="BD19" s="7"/>
       <c r="BE19" s="7"/>
       <c r="BF19" s="1"/>
       <c r="BG19" s="7"/>
       <c r="BH19" s="7"/>
       <c r="BI19" s="7"/>
       <c r="BJ19" s="1"/>
-      <c r="BN19"/>
+      <c r="BK19" s="7"/>
+      <c r="BL19" s="7"/>
+      <c r="BM19" s="7"/>
+      <c r="BN19" s="1"/>
       <c r="BR19"/>
       <c r="BV19"/>
       <c r="BZ19"/>
-      <c r="CA19" s="7"/>
-[...2 lines deleted...]
-      <c r="CD19" s="7"/>
+      <c r="CD19"/>
       <c r="CE19" s="7"/>
       <c r="CF19" s="7"/>
       <c r="CG19" s="7"/>
       <c r="CH19" s="7"/>
       <c r="CI19" s="7"/>
       <c r="CJ19" s="7"/>
       <c r="CK19" s="7"/>
       <c r="CL19" s="7"/>
       <c r="CM19" s="7"/>
       <c r="CN19" s="7"/>
       <c r="CO19" s="7"/>
       <c r="CP19" s="7"/>
       <c r="CQ19" s="7"/>
       <c r="CR19" s="7"/>
       <c r="CS19" s="7"/>
       <c r="CT19" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>37</v>
+      <c r="CU19" s="7"/>
+      <c r="CV19" s="7"/>
+      <c r="CW19" s="7"/>
+      <c r="CX19" s="7"/>
+    </row>
+    <row r="20" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A20" s="29" t="s">
+        <v>52</v>
       </c>
       <c r="C20" s="7">
+        <v>16277</v>
+      </c>
+      <c r="D20" s="7">
+        <v>9613</v>
+      </c>
+      <c r="E20" s="7">
+        <f t="shared" ref="E20:E21" si="55">+C20+D20</f>
+        <v>25890</v>
+      </c>
+      <c r="G20" s="7">
         <v>14610</v>
       </c>
-      <c r="D20" s="7">
+      <c r="H20" s="7">
         <v>16888</v>
       </c>
-      <c r="E20" s="7">
-        <f t="shared" si="11"/>
+      <c r="I20" s="7">
+        <f t="shared" si="13"/>
         <v>31498</v>
       </c>
-      <c r="G20" s="7">
+      <c r="K20" s="7">
         <v>25762</v>
       </c>
-      <c r="H20" s="7">
+      <c r="L20" s="7">
         <v>18206</v>
       </c>
-      <c r="I20" s="7">
-        <f t="shared" si="12"/>
+      <c r="M20" s="7">
+        <f t="shared" si="14"/>
         <v>43968</v>
       </c>
-      <c r="K20" s="7">
+      <c r="O20" s="7">
         <v>23584</v>
       </c>
-      <c r="L20" s="7">
+      <c r="P20" s="7">
         <v>15796</v>
       </c>
-      <c r="M20" s="7">
-        <f t="shared" si="42"/>
+      <c r="Q20" s="7">
+        <f t="shared" si="46"/>
         <v>39380</v>
       </c>
-      <c r="O20" s="7">
+      <c r="S20" s="7">
         <v>11007</v>
       </c>
-      <c r="P20" s="7">
+      <c r="T20" s="7">
         <v>29794</v>
-      </c>
-[...8 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="U20" s="7">
         <f>+S20+T20</f>
-        <v>46073</v>
+        <v>40801</v>
       </c>
       <c r="W20" s="7">
-        <v>22301</v>
+        <v>45025</v>
       </c>
       <c r="X20" s="7">
-        <v>26158</v>
+        <v>1048</v>
       </c>
       <c r="Y20" s="7">
         <f>+W20+X20</f>
-        <v>48459</v>
+        <v>46073</v>
       </c>
       <c r="AA20" s="7">
-        <v>40202</v>
+        <v>22301</v>
       </c>
       <c r="AB20" s="7">
-        <v>701</v>
+        <v>26158</v>
       </c>
       <c r="AC20" s="7">
         <f>+AA20+AB20</f>
-        <v>40903</v>
-[...1 lines deleted...]
-      <c r="AD20" s="21"/>
+        <v>48459</v>
+      </c>
       <c r="AE20" s="7">
-        <v>35023</v>
+        <v>40202</v>
       </c>
       <c r="AF20" s="7">
-        <v>8950</v>
+        <v>701</v>
       </c>
       <c r="AG20" s="7">
         <f>+AE20+AF20</f>
-        <v>43973</v>
+        <v>40903</v>
       </c>
       <c r="AH20" s="21"/>
       <c r="AI20" s="7">
-        <v>27999</v>
+        <v>35023</v>
       </c>
       <c r="AJ20" s="7">
-        <v>4256</v>
+        <v>8950</v>
       </c>
       <c r="AK20" s="7">
         <f>+AI20+AJ20</f>
-        <v>32255</v>
+        <v>43973</v>
       </c>
       <c r="AL20" s="21"/>
       <c r="AM20" s="7">
-        <v>29557</v>
+        <v>27999</v>
       </c>
       <c r="AN20" s="7">
-        <v>10461</v>
+        <v>4256</v>
       </c>
       <c r="AO20" s="7">
-        <f t="shared" si="46"/>
-        <v>40018</v>
+        <f>+AM20+AN20</f>
+        <v>32255</v>
       </c>
       <c r="AP20" s="21"/>
       <c r="AQ20" s="7">
+        <v>29557</v>
+      </c>
+      <c r="AR20" s="7">
+        <v>10461</v>
+      </c>
+      <c r="AS20" s="7">
+        <f t="shared" si="50"/>
+        <v>40018</v>
+      </c>
+      <c r="AT20" s="21"/>
+      <c r="AU20" s="7">
         <v>-8297</v>
       </c>
-      <c r="AR20" s="7">
+      <c r="AV20" s="7">
         <v>46376</v>
       </c>
-      <c r="AS20" s="7">
-        <f t="shared" si="48"/>
+      <c r="AW20" s="7">
+        <f t="shared" si="52"/>
         <v>38079</v>
       </c>
-      <c r="AU20" s="6"/>
-[...2 lines deleted...]
-      <c r="AX20" s="1"/>
       <c r="AY20" s="6"/>
       <c r="AZ20" s="6"/>
       <c r="BA20" s="7"/>
       <c r="BB20" s="1"/>
       <c r="BC20" s="6"/>
       <c r="BD20" s="6"/>
       <c r="BE20" s="7"/>
       <c r="BF20" s="1"/>
       <c r="BG20" s="6"/>
       <c r="BH20" s="6"/>
       <c r="BI20" s="7"/>
       <c r="BJ20" s="1"/>
-      <c r="BN20"/>
+      <c r="BK20" s="6"/>
+      <c r="BL20" s="6"/>
+      <c r="BM20" s="7"/>
+      <c r="BN20" s="1"/>
       <c r="BR20"/>
       <c r="BV20"/>
       <c r="BZ20"/>
-      <c r="CA20" s="6"/>
-[...2 lines deleted...]
-      <c r="CD20" s="6"/>
+      <c r="CD20"/>
       <c r="CE20" s="6"/>
       <c r="CF20" s="6"/>
       <c r="CG20" s="6"/>
       <c r="CH20" s="6"/>
       <c r="CI20" s="6"/>
       <c r="CJ20" s="6"/>
       <c r="CK20" s="6"/>
       <c r="CL20" s="6"/>
       <c r="CM20" s="6"/>
       <c r="CN20" s="6"/>
       <c r="CO20" s="6"/>
       <c r="CP20" s="6"/>
       <c r="CQ20" s="6"/>
       <c r="CR20" s="6"/>
       <c r="CS20" s="6"/>
       <c r="CT20" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>58</v>
+      <c r="CU20" s="6"/>
+      <c r="CV20" s="6"/>
+      <c r="CW20" s="6"/>
+      <c r="CX20" s="6"/>
+    </row>
+    <row r="21" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A21" s="29" t="s">
+        <v>53</v>
       </c>
       <c r="C21" s="7">
         <f>+C19-C20</f>
-        <v>27771</v>
+        <v>54088</v>
       </c>
       <c r="D21" s="7">
         <f>+D19-D20</f>
-        <v>57935</v>
+        <v>56581</v>
       </c>
       <c r="E21" s="7">
-        <f t="shared" si="11"/>
-        <v>85706</v>
+        <f t="shared" si="55"/>
+        <v>110669</v>
       </c>
       <c r="G21" s="7">
-        <f t="shared" ref="G21" si="51">+G19-G20</f>
-        <v>78755</v>
+        <f>+G19-G20</f>
+        <v>27771</v>
       </c>
       <c r="H21" s="7">
         <f>+H19-H20</f>
-        <v>31869</v>
+        <v>57935</v>
       </c>
       <c r="I21" s="7">
-        <f t="shared" si="12"/>
-        <v>110624</v>
+        <f t="shared" si="13"/>
+        <v>85706</v>
       </c>
       <c r="K21" s="7">
-        <f t="shared" ref="K21" si="52">+K19-K20</f>
-        <v>72945</v>
+        <f t="shared" ref="K21" si="56">+K19-K20</f>
+        <v>78755</v>
       </c>
       <c r="L21" s="7">
         <f>+L19-L20</f>
-        <v>36530</v>
+        <v>31869</v>
       </c>
       <c r="M21" s="7">
-        <f t="shared" si="42"/>
-        <v>109475</v>
+        <f t="shared" si="14"/>
+        <v>110624</v>
       </c>
       <c r="O21" s="7">
-        <f t="shared" ref="O21" si="53">+O19-O20</f>
-        <v>-11790</v>
+        <f t="shared" ref="O21" si="57">+O19-O20</f>
+        <v>72945</v>
       </c>
       <c r="P21" s="7">
         <f>+P19-P20</f>
-        <v>127221</v>
+        <v>36530</v>
       </c>
       <c r="Q21" s="7">
-        <f>+O21+P21</f>
-        <v>115431</v>
+        <f t="shared" si="46"/>
+        <v>109475</v>
       </c>
       <c r="S21" s="7">
-        <f t="shared" ref="S21" si="54">+S19-S20</f>
-        <v>131093</v>
+        <f t="shared" ref="S21" si="58">+S19-S20</f>
+        <v>-11790</v>
       </c>
       <c r="T21" s="7">
         <f>+T19-T20</f>
-        <v>-7009</v>
+        <v>127221</v>
       </c>
       <c r="U21" s="7">
         <f>+S21+T21</f>
-        <v>124084</v>
+        <v>115431</v>
       </c>
       <c r="W21" s="7">
-        <f t="shared" ref="W21" si="55">+W19-W20</f>
-        <v>62073</v>
+        <f t="shared" ref="W21" si="59">+W19-W20</f>
+        <v>131093</v>
       </c>
       <c r="X21" s="7">
         <f>+X19-X20</f>
-        <v>64766</v>
+        <v>-7009</v>
       </c>
       <c r="Y21" s="7">
         <f>+W21+X21</f>
-        <v>126839</v>
+        <v>124084</v>
       </c>
       <c r="AA21" s="7">
-        <f t="shared" ref="AA21" si="56">+AA19-AA20</f>
-        <v>131066</v>
+        <f t="shared" ref="AA21" si="60">+AA19-AA20</f>
+        <v>62073</v>
       </c>
       <c r="AB21" s="7">
         <f>+AB19-AB20</f>
-        <v>-12748</v>
+        <v>64766</v>
       </c>
       <c r="AC21" s="7">
         <f>+AA21+AB21</f>
-        <v>118318</v>
-[...1 lines deleted...]
-      <c r="AD21" s="21"/>
+        <v>126839</v>
+      </c>
       <c r="AE21" s="7">
-        <f t="shared" ref="AE21" si="57">+AE19-AE20</f>
-        <v>103380</v>
+        <f t="shared" ref="AE21" si="61">+AE19-AE20</f>
+        <v>131066</v>
       </c>
       <c r="AF21" s="7">
         <f>+AF19-AF20</f>
-        <v>19301</v>
+        <v>-12748</v>
       </c>
       <c r="AG21" s="7">
         <f>+AE21+AF21</f>
-        <v>122681</v>
+        <v>118318</v>
       </c>
       <c r="AH21" s="21"/>
       <c r="AI21" s="7">
-        <f t="shared" ref="AI21" si="58">+AI19-AI20</f>
-        <v>131957</v>
+        <f t="shared" ref="AI21" si="62">+AI19-AI20</f>
+        <v>103380</v>
       </c>
       <c r="AJ21" s="7">
         <f>+AJ19-AJ20</f>
-        <v>-28863</v>
+        <v>19301</v>
       </c>
       <c r="AK21" s="7">
         <f>+AI21+AJ21</f>
-        <v>103094</v>
+        <v>122681</v>
       </c>
       <c r="AL21" s="21"/>
       <c r="AM21" s="7">
-        <f t="shared" ref="AM21" si="59">+AM19-AM20</f>
-        <v>94131</v>
+        <f t="shared" ref="AM21" si="63">+AM19-AM20</f>
+        <v>131957</v>
       </c>
       <c r="AN21" s="7">
         <f>+AN19-AN20</f>
-        <v>15466</v>
+        <v>-28863</v>
       </c>
       <c r="AO21" s="7">
-        <f t="shared" si="46"/>
-        <v>109597</v>
+        <f>+AM21+AN21</f>
+        <v>103094</v>
       </c>
       <c r="AP21" s="21"/>
       <c r="AQ21" s="7">
-        <f t="shared" ref="AQ21" si="60">+AQ19-AQ20</f>
-        <v>-2807</v>
+        <f t="shared" ref="AQ21" si="64">+AQ19-AQ20</f>
+        <v>94131</v>
       </c>
       <c r="AR21" s="7">
         <f>+AR19-AR20</f>
+        <v>15466</v>
+      </c>
+      <c r="AS21" s="7">
+        <f t="shared" si="50"/>
+        <v>109597</v>
+      </c>
+      <c r="AT21" s="21"/>
+      <c r="AU21" s="7">
+        <f t="shared" ref="AU21" si="65">+AU19-AU20</f>
+        <v>-2807</v>
+      </c>
+      <c r="AV21" s="7">
+        <f>+AV19-AV20</f>
         <v>104970</v>
       </c>
-      <c r="AS21" s="7">
-        <f t="shared" si="48"/>
+      <c r="AW21" s="7">
+        <f t="shared" si="52"/>
         <v>102163</v>
       </c>
-      <c r="AU21" s="7"/>
-[...2 lines deleted...]
-      <c r="AX21" s="1"/>
       <c r="AY21" s="7"/>
       <c r="AZ21" s="7"/>
       <c r="BA21" s="7"/>
       <c r="BB21" s="1"/>
       <c r="BC21" s="7"/>
       <c r="BD21" s="7"/>
       <c r="BE21" s="7"/>
       <c r="BF21" s="1"/>
       <c r="BG21" s="7"/>
       <c r="BH21" s="7"/>
       <c r="BI21" s="7"/>
       <c r="BJ21" s="1"/>
-      <c r="BN21"/>
+      <c r="BK21" s="7"/>
+      <c r="BL21" s="7"/>
+      <c r="BM21" s="7"/>
+      <c r="BN21" s="1"/>
       <c r="BR21"/>
       <c r="BV21"/>
       <c r="BZ21"/>
-      <c r="CA21" s="7"/>
-[...2 lines deleted...]
-      <c r="CD21" s="7"/>
+      <c r="CD21"/>
       <c r="CE21" s="7"/>
       <c r="CF21" s="7"/>
       <c r="CG21" s="7"/>
       <c r="CH21" s="7"/>
       <c r="CI21" s="7"/>
       <c r="CJ21" s="7"/>
       <c r="CK21" s="7"/>
       <c r="CL21" s="7"/>
       <c r="CM21" s="7"/>
       <c r="CN21" s="7"/>
       <c r="CO21" s="7"/>
       <c r="CP21" s="7"/>
       <c r="CQ21" s="7"/>
       <c r="CR21" s="7"/>
       <c r="CS21" s="7"/>
       <c r="CT21" s="7"/>
-    </row>
-[...2 lines deleted...]
-        <v>59</v>
+      <c r="CU21" s="7"/>
+      <c r="CV21" s="7"/>
+      <c r="CW21" s="7"/>
+      <c r="CX21" s="7"/>
+    </row>
+    <row r="22" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A22" s="29" t="s">
+        <v>54</v>
       </c>
       <c r="C22" s="4">
         <f>+C21/C24</f>
-        <v>0.41043110710432584</v>
+        <v>0.81562240820327225</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="8">
         <f>+E21/E24</f>
-        <v>1.2666597697412174</v>
+        <v>1.6688381210887431</v>
       </c>
       <c r="G22" s="4">
         <f>+G21/G24</f>
-        <v>1.1200790761178747</v>
+        <v>0.41043110710432584</v>
       </c>
       <c r="H22" s="4"/>
       <c r="I22" s="8">
         <f>+I21/I24</f>
-        <v>1.5733302992376834</v>
+        <v>1.2666597697412174</v>
       </c>
       <c r="K22" s="4">
         <f>+K21/K24</f>
-        <v>1.0207665719763228</v>
+        <v>1.1200790761178747</v>
       </c>
       <c r="L22" s="4"/>
       <c r="M22" s="8">
         <f>+M21/M24</f>
-        <v>1.5319544926603321</v>
-[...1 lines deleted...]
-      <c r="O22" s="19">
+        <v>1.5733302992376834</v>
+      </c>
+      <c r="O22" s="4">
         <f>+O21/O24</f>
-        <v>-0.17033387751563922</v>
+        <v>1.0207665719763228</v>
       </c>
       <c r="P22" s="4"/>
       <c r="Q22" s="8">
         <f>+Q21/Q24</f>
-        <v>1.5932285268664339</v>
-[...1 lines deleted...]
-      <c r="S22" s="4">
+        <v>1.5319544926603321</v>
+      </c>
+      <c r="S22" s="19">
         <f>+S21/S24</f>
-        <v>1.7941969479230822</v>
+        <v>-0.17033387751563922</v>
       </c>
       <c r="T22" s="4"/>
       <c r="U22" s="8">
         <f>+U21/U24</f>
-        <v>1.698268664887429</v>
+        <v>1.5932285268664339</v>
       </c>
       <c r="W22" s="4">
         <f>+W21/W24</f>
-        <v>0.87920850979447884</v>
+        <v>1.7941969479230822</v>
       </c>
       <c r="X22" s="4"/>
       <c r="Y22" s="8">
         <f>+Y21/Y24</f>
-        <v>1.796560955227263</v>
+        <v>1.698268664887429</v>
       </c>
       <c r="AA22" s="4">
         <f>+AA21/AA24</f>
-        <v>1.8698337969897996</v>
+        <v>0.87920850979447884</v>
       </c>
       <c r="AB22" s="4"/>
       <c r="AC22" s="8">
         <f>+AC21/AC24</f>
-        <v>1.6879663314073756</v>
-[...1 lines deleted...]
-      <c r="AD22" s="21"/>
+        <v>1.796560955227263</v>
+      </c>
       <c r="AE22" s="4">
         <f>+AE21/AE24</f>
-        <v>1.4749186783085089</v>
+        <v>1.8698337969897996</v>
       </c>
       <c r="AF22" s="4"/>
       <c r="AG22" s="8">
         <f>+AG21/AG24</f>
-        <v>1.7502853392683901</v>
+        <v>1.6879663314073756</v>
       </c>
       <c r="AH22" s="21"/>
       <c r="AI22" s="4">
         <f>+AI21/AI24</f>
-        <v>1.8838620335208291</v>
+        <v>1.4749186783085089</v>
       </c>
       <c r="AJ22" s="4"/>
       <c r="AK22" s="8">
         <f>+AK21/AK24</f>
-        <v>1.4718042429260771</v>
+        <v>1.7502853392683901</v>
       </c>
       <c r="AL22" s="21"/>
       <c r="AM22" s="4">
         <f>+AM21/AM24</f>
-        <v>1.3255273608020954</v>
+        <v>1.8838620335208291</v>
       </c>
       <c r="AN22" s="4"/>
       <c r="AO22" s="8">
         <f>+AO21/AO24</f>
-        <v>1.5433154025966711</v>
+        <v>1.4718042429260771</v>
       </c>
       <c r="AP22" s="21"/>
-      <c r="AQ22" s="19">
+      <c r="AQ22" s="4">
         <f>+AQ21/AQ24</f>
-        <v>-4.1432345864883612E-2</v>
+        <v>1.3255273608020954</v>
       </c>
       <c r="AR22" s="4"/>
       <c r="AS22" s="8">
         <f>+AS21/AS24</f>
+        <v>1.5433154025966711</v>
+      </c>
+      <c r="AT22" s="21"/>
+      <c r="AU22" s="19">
+        <f>+AU21/AU24</f>
+        <v>-4.1432345864883612E-2</v>
+      </c>
+      <c r="AV22" s="4"/>
+      <c r="AW22" s="8">
+        <f>+AW21/AW24</f>
         <v>1.4651646397430014</v>
       </c>
-      <c r="AU22" s="19"/>
-[...4 lines deleted...]
-      <c r="AZ22" s="3"/>
+      <c r="AY22" s="19"/>
+      <c r="AZ22" s="4"/>
       <c r="BA22" s="8"/>
       <c r="BB22" s="1"/>
       <c r="BC22" s="4"/>
       <c r="BD22" s="3"/>
       <c r="BE22" s="8"/>
       <c r="BF22" s="1"/>
       <c r="BG22" s="4"/>
       <c r="BH22" s="3"/>
       <c r="BI22" s="8"/>
       <c r="BJ22" s="1"/>
-      <c r="BN22"/>
+      <c r="BK22" s="4"/>
+      <c r="BL22" s="3"/>
+      <c r="BM22" s="8"/>
+      <c r="BN22" s="1"/>
       <c r="BR22"/>
       <c r="BV22"/>
       <c r="BZ22"/>
-      <c r="CA22" s="4"/>
-[...2 lines deleted...]
-      <c r="CD22" s="4"/>
+      <c r="CD22"/>
       <c r="CE22" s="4"/>
       <c r="CF22" s="4"/>
       <c r="CG22" s="4"/>
       <c r="CH22" s="4"/>
       <c r="CI22" s="4"/>
       <c r="CJ22" s="4"/>
       <c r="CK22" s="4"/>
       <c r="CL22" s="4"/>
       <c r="CM22" s="4"/>
       <c r="CN22" s="4"/>
       <c r="CO22" s="4"/>
       <c r="CP22" s="4"/>
       <c r="CQ22" s="4"/>
       <c r="CR22" s="4"/>
       <c r="CS22" s="4"/>
       <c r="CT22" s="4"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="26"/>
+      <c r="CU22" s="4"/>
+      <c r="CV22" s="4"/>
+      <c r="CW22" s="4"/>
+      <c r="CX22" s="4"/>
+    </row>
+    <row r="23" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A23" s="24"/>
       <c r="C23" s="19"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="G23" s="19"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="K23" s="19"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="O23" s="19"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
       <c r="S23" s="19"/>
       <c r="T23" s="7"/>
       <c r="U23" s="7"/>
       <c r="W23" s="19"/>
       <c r="X23" s="7"/>
       <c r="Y23" s="7"/>
       <c r="AA23" s="19"/>
       <c r="AB23" s="7"/>
       <c r="AC23" s="7"/>
-      <c r="AD23" s="21"/>
       <c r="AE23" s="19"/>
       <c r="AF23" s="7"/>
       <c r="AG23" s="7"/>
       <c r="AH23" s="21"/>
       <c r="AI23" s="19"/>
       <c r="AJ23" s="7"/>
       <c r="AK23" s="7"/>
       <c r="AL23" s="21"/>
       <c r="AM23" s="19"/>
       <c r="AN23" s="7"/>
       <c r="AO23" s="7"/>
       <c r="AP23" s="21"/>
       <c r="AQ23" s="19"/>
       <c r="AR23" s="7"/>
       <c r="AS23" s="7"/>
-      <c r="AU23" s="16"/>
-      <c r="AV23" s="6"/>
+      <c r="AT23" s="21"/>
+      <c r="AU23" s="19"/>
+      <c r="AV23" s="7"/>
       <c r="AW23" s="7"/>
-      <c r="AX23" s="1"/>
-      <c r="AY23" s="6"/>
+      <c r="AY23" s="16"/>
       <c r="AZ23" s="6"/>
       <c r="BA23" s="7"/>
       <c r="BB23" s="1"/>
       <c r="BC23" s="6"/>
       <c r="BD23" s="6"/>
       <c r="BE23" s="7"/>
       <c r="BF23" s="1"/>
       <c r="BG23" s="6"/>
       <c r="BH23" s="6"/>
       <c r="BI23" s="7"/>
       <c r="BJ23" s="1"/>
-      <c r="BN23"/>
+      <c r="BK23" s="6"/>
+      <c r="BL23" s="6"/>
+      <c r="BM23" s="7"/>
+      <c r="BN23" s="1"/>
       <c r="BR23"/>
       <c r="BV23"/>
       <c r="BZ23"/>
-      <c r="CA23" s="4"/>
-[...2 lines deleted...]
-      <c r="CD23" s="4"/>
+      <c r="CD23"/>
       <c r="CE23" s="4"/>
       <c r="CF23" s="4"/>
       <c r="CG23" s="4"/>
       <c r="CH23" s="4"/>
       <c r="CI23" s="4"/>
       <c r="CJ23" s="4"/>
       <c r="CK23" s="4"/>
       <c r="CL23" s="4"/>
       <c r="CM23" s="4"/>
       <c r="CN23" s="4"/>
       <c r="CO23" s="4"/>
       <c r="CP23" s="4"/>
       <c r="CQ23" s="4"/>
       <c r="CR23" s="4"/>
       <c r="CS23" s="4"/>
       <c r="CT23" s="4"/>
-    </row>
-[...2 lines deleted...]
-        <v>60</v>
+      <c r="CU23" s="4"/>
+      <c r="CV23" s="4"/>
+      <c r="CW23" s="4"/>
+      <c r="CX23" s="4"/>
+    </row>
+    <row r="24" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A24" s="29" t="s">
+        <v>55</v>
       </c>
       <c r="C24" s="7">
-        <v>67663</v>
+        <v>66315</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="7">
+        <v>66315</v>
+      </c>
+      <c r="G24" s="7">
         <v>67663</v>
-      </c>
-[...1 lines deleted...]
-        <v>70312</v>
       </c>
       <c r="H24" s="7"/>
       <c r="I24" s="7">
+        <v>67663</v>
+      </c>
+      <c r="K24" s="7">
         <v>70312</v>
-      </c>
-[...1 lines deleted...]
-        <v>71461</v>
       </c>
       <c r="L24" s="7"/>
       <c r="M24" s="7">
+        <v>70312</v>
+      </c>
+      <c r="O24" s="7">
         <v>71461</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7"/>
+      <c r="Q24" s="7">
+        <v>71461</v>
+      </c>
+      <c r="S24" s="7">
         <v>69217</v>
       </c>
-      <c r="P24" s="7">
+      <c r="T24" s="7">
         <v>3234</v>
       </c>
-      <c r="Q24" s="7">
-        <f>SUM(O24:P24)</f>
+      <c r="U24" s="7">
+        <f>SUM(S24:T24)</f>
         <v>72451</v>
       </c>
-      <c r="S24" s="7">
+      <c r="W24" s="7">
         <v>73065</v>
-      </c>
-[...5 lines deleted...]
-        <v>70601</v>
       </c>
       <c r="X24" s="7"/>
       <c r="Y24" s="7">
+        <v>73065</v>
+      </c>
+      <c r="AA24" s="7">
         <v>70601</v>
-      </c>
-[...1 lines deleted...]
-        <v>70095</v>
       </c>
       <c r="AB24" s="7"/>
       <c r="AC24" s="7">
+        <v>70601</v>
+      </c>
+      <c r="AE24" s="7">
         <v>70095</v>
-      </c>
-[...2 lines deleted...]
-        <v>70092</v>
       </c>
       <c r="AF24" s="7"/>
       <c r="AG24" s="7">
-        <v>70092</v>
+        <v>70095</v>
       </c>
       <c r="AH24" s="21"/>
       <c r="AI24" s="7">
-        <v>70046</v>
+        <v>70092</v>
       </c>
       <c r="AJ24" s="7"/>
       <c r="AK24" s="7">
-        <v>70046</v>
+        <v>70092</v>
       </c>
       <c r="AL24" s="21"/>
       <c r="AM24" s="7">
-        <v>71014</v>
+        <v>70046</v>
       </c>
       <c r="AN24" s="7"/>
       <c r="AO24" s="7">
-        <v>71014</v>
+        <v>70046</v>
       </c>
       <c r="AP24" s="21"/>
       <c r="AQ24" s="7">
+        <v>71014</v>
+      </c>
+      <c r="AR24" s="7"/>
+      <c r="AS24" s="7">
+        <v>71014</v>
+      </c>
+      <c r="AT24" s="21"/>
+      <c r="AU24" s="7">
         <v>67749</v>
       </c>
-      <c r="AR24" s="7">
+      <c r="AV24" s="7">
         <v>1979</v>
       </c>
-      <c r="AS24" s="7">
-        <f t="shared" ref="AS24" si="61">+AQ24+AR24</f>
+      <c r="AW24" s="7">
+        <f t="shared" ref="AW24" si="66">+AU24+AV24</f>
         <v>69728</v>
       </c>
-      <c r="AU24" s="6"/>
-[...2 lines deleted...]
-      <c r="AX24" s="1"/>
       <c r="AY24" s="6"/>
       <c r="AZ24" s="6"/>
       <c r="BA24" s="7"/>
       <c r="BB24" s="1"/>
       <c r="BC24" s="6"/>
       <c r="BD24" s="6"/>
       <c r="BE24" s="7"/>
       <c r="BF24" s="1"/>
       <c r="BG24" s="6"/>
       <c r="BH24" s="6"/>
       <c r="BI24" s="7"/>
       <c r="BJ24" s="1"/>
-      <c r="BN24"/>
+      <c r="BK24" s="6"/>
+      <c r="BL24" s="6"/>
+      <c r="BM24" s="7"/>
+      <c r="BN24" s="1"/>
       <c r="BR24"/>
       <c r="BV24"/>
       <c r="BZ24"/>
-      <c r="CA24" s="6"/>
-[...2 lines deleted...]
-      <c r="CD24" s="6"/>
+      <c r="CD24"/>
       <c r="CE24" s="6"/>
       <c r="CF24" s="6"/>
       <c r="CG24" s="6"/>
       <c r="CH24" s="6"/>
       <c r="CI24" s="6"/>
       <c r="CJ24" s="6"/>
       <c r="CK24" s="6"/>
       <c r="CL24" s="6"/>
       <c r="CM24" s="6"/>
       <c r="CN24" s="6"/>
       <c r="CO24" s="6"/>
       <c r="CP24" s="6"/>
       <c r="CQ24" s="6"/>
       <c r="CR24" s="6"/>
       <c r="CS24" s="6"/>
       <c r="CT24" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="23"/>
+      <c r="CU24" s="6"/>
+      <c r="CV24" s="6"/>
+      <c r="CW24" s="6"/>
+      <c r="CX24" s="6"/>
+    </row>
+    <row r="25" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A25" s="29"/>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="7"/>
       <c r="G25" s="20"/>
       <c r="H25" s="20"/>
       <c r="I25" s="7"/>
       <c r="K25" s="20"/>
       <c r="L25" s="20"/>
       <c r="M25" s="7"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="7"/>
       <c r="S25" s="20"/>
       <c r="T25" s="20"/>
       <c r="U25" s="7"/>
       <c r="W25" s="20"/>
       <c r="X25" s="20"/>
       <c r="Y25" s="7"/>
       <c r="AA25" s="20"/>
       <c r="AB25" s="20"/>
       <c r="AC25" s="7"/>
-      <c r="AD25" s="21"/>
       <c r="AE25" s="20"/>
       <c r="AF25" s="20"/>
       <c r="AG25" s="7"/>
       <c r="AH25" s="21"/>
       <c r="AI25" s="20"/>
       <c r="AJ25" s="20"/>
       <c r="AK25" s="7"/>
       <c r="AL25" s="21"/>
       <c r="AM25" s="20"/>
       <c r="AN25" s="20"/>
       <c r="AO25" s="7"/>
       <c r="AP25" s="21"/>
       <c r="AQ25" s="20"/>
       <c r="AR25" s="20"/>
       <c r="AS25" s="7"/>
-      <c r="AW25" s="15"/>
-      <c r="AX25" s="1"/>
+      <c r="AT25" s="21"/>
+      <c r="AU25" s="20"/>
+      <c r="AV25" s="20"/>
+      <c r="AW25" s="7"/>
       <c r="BA25" s="15"/>
       <c r="BB25" s="1"/>
       <c r="BE25" s="15"/>
       <c r="BF25" s="1"/>
       <c r="BI25" s="15"/>
       <c r="BJ25" s="1"/>
-      <c r="BN25"/>
+      <c r="BM25" s="15"/>
+      <c r="BN25" s="1"/>
       <c r="BR25"/>
       <c r="BV25"/>
       <c r="BZ25"/>
-    </row>
-[...2 lines deleted...]
-        <v>38</v>
+      <c r="CD25"/>
+    </row>
+    <row r="26" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A26" s="29" t="s">
+        <v>56</v>
       </c>
       <c r="C26" s="7">
-        <v>5646</v>
+        <v>6224</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="7">
-        <f t="shared" ref="E26:E27" si="62">+C26+D26</f>
+        <f t="shared" ref="E26:E27" si="67">+C26+D26</f>
+        <v>6224</v>
+      </c>
+      <c r="G26" s="7">
         <v>5646</v>
-      </c>
-[...1 lines deleted...]
-        <v>5136</v>
       </c>
       <c r="H26" s="7"/>
       <c r="I26" s="7">
-        <f t="shared" ref="I26:I27" si="63">+G26+H26</f>
+        <f t="shared" ref="I26:I27" si="68">+G26+H26</f>
+        <v>5646</v>
+      </c>
+      <c r="K26" s="7">
         <v>5136</v>
-      </c>
-[...1 lines deleted...]
-        <v>5487</v>
       </c>
       <c r="L26" s="7"/>
       <c r="M26" s="7">
-        <f t="shared" ref="M26:M27" si="64">+K26+L26</f>
+        <f t="shared" ref="M26:M27" si="69">+K26+L26</f>
+        <v>5136</v>
+      </c>
+      <c r="O26" s="7">
         <v>5487</v>
-      </c>
-[...1 lines deleted...]
-        <v>5332</v>
       </c>
       <c r="P26" s="7"/>
       <c r="Q26" s="7">
-        <f t="shared" ref="Q26:Q27" si="65">+O26+P26</f>
+        <f t="shared" ref="Q26:Q27" si="70">+O26+P26</f>
+        <v>5487</v>
+      </c>
+      <c r="S26" s="7">
         <v>5332</v>
-      </c>
-[...1 lines deleted...]
-        <v>5060</v>
       </c>
       <c r="T26" s="7"/>
       <c r="U26" s="7">
-        <f t="shared" ref="U26:U27" si="66">+S26+T26</f>
+        <f t="shared" ref="U26:U27" si="71">+S26+T26</f>
+        <v>5332</v>
+      </c>
+      <c r="W26" s="7">
         <v>5060</v>
-      </c>
-[...1 lines deleted...]
-        <v>4591</v>
       </c>
       <c r="X26" s="7"/>
       <c r="Y26" s="7">
-        <f t="shared" ref="Y26:Y27" si="67">+W26+X26</f>
+        <f t="shared" ref="Y26:Y27" si="72">+W26+X26</f>
+        <v>5060</v>
+      </c>
+      <c r="AA26" s="7">
         <v>4591</v>
-      </c>
-[...1 lines deleted...]
-        <v>5406</v>
       </c>
       <c r="AB26" s="7"/>
       <c r="AC26" s="7">
-        <f t="shared" ref="AC26:AC27" si="68">+AA26+AB26</f>
+        <f t="shared" ref="AC26:AC27" si="73">+AA26+AB26</f>
+        <v>4591</v>
+      </c>
+      <c r="AE26" s="7">
         <v>5406</v>
-      </c>
-[...2 lines deleted...]
-        <v>3613</v>
       </c>
       <c r="AF26" s="7"/>
       <c r="AG26" s="7">
-        <v>3613</v>
+        <f t="shared" ref="AG26:AG27" si="74">+AE26+AF26</f>
+        <v>5406</v>
       </c>
       <c r="AH26" s="21"/>
       <c r="AI26" s="7">
-        <v>2901</v>
+        <v>3613</v>
       </c>
       <c r="AJ26" s="7"/>
       <c r="AK26" s="7">
-        <v>2901</v>
+        <v>3613</v>
       </c>
       <c r="AL26" s="21"/>
       <c r="AM26" s="7">
-        <v>3293</v>
+        <v>2901</v>
       </c>
       <c r="AN26" s="7"/>
       <c r="AO26" s="7">
-        <f t="shared" ref="AO26:AO27" si="69">+AM26+AN26</f>
-        <v>3293</v>
+        <v>2901</v>
       </c>
       <c r="AP26" s="21"/>
       <c r="AQ26" s="7">
-        <v>3422</v>
+        <v>3293</v>
       </c>
       <c r="AR26" s="7"/>
       <c r="AS26" s="7">
-        <f t="shared" ref="AS26:AS27" si="70">+AQ26+AR26</f>
+        <f t="shared" ref="AS26:AS27" si="75">+AQ26+AR26</f>
+        <v>3293</v>
+      </c>
+      <c r="AT26" s="21"/>
+      <c r="AU26" s="7">
         <v>3422</v>
       </c>
-      <c r="AU26" s="6"/>
-[...2 lines deleted...]
-      <c r="AX26" s="1"/>
+      <c r="AV26" s="7"/>
+      <c r="AW26" s="7">
+        <f t="shared" ref="AW26:AW27" si="76">+AU26+AV26</f>
+        <v>3422</v>
+      </c>
       <c r="AY26" s="6"/>
+      <c r="AZ26" s="6"/>
       <c r="BA26" s="7"/>
       <c r="BB26" s="1"/>
       <c r="BC26" s="6"/>
       <c r="BE26" s="7"/>
       <c r="BF26" s="1"/>
       <c r="BG26" s="6"/>
       <c r="BI26" s="7"/>
       <c r="BJ26" s="1"/>
-      <c r="BN26"/>
+      <c r="BK26" s="6"/>
+      <c r="BM26" s="7"/>
+      <c r="BN26" s="1"/>
       <c r="BR26"/>
       <c r="BV26"/>
       <c r="BZ26"/>
-      <c r="CA26" s="6"/>
-[...2 lines deleted...]
-      <c r="CD26" s="6"/>
+      <c r="CD26"/>
       <c r="CE26" s="6"/>
       <c r="CF26" s="6"/>
       <c r="CG26" s="6"/>
       <c r="CH26" s="6"/>
       <c r="CI26" s="6"/>
       <c r="CJ26" s="6"/>
       <c r="CK26" s="6"/>
       <c r="CL26" s="6"/>
       <c r="CM26" s="6"/>
       <c r="CN26" s="6"/>
       <c r="CO26" s="6"/>
       <c r="CP26" s="6"/>
       <c r="CQ26" s="6"/>
       <c r="CR26" s="6"/>
       <c r="CS26" s="6"/>
       <c r="CT26" s="6"/>
-    </row>
-[...2 lines deleted...]
-        <v>39</v>
+      <c r="CU26" s="6"/>
+      <c r="CV26" s="6"/>
+      <c r="CW26" s="6"/>
+      <c r="CX26" s="6"/>
+    </row>
+    <row r="27" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A27" s="29" t="s">
+        <v>57</v>
       </c>
       <c r="C27" s="7">
-        <v>14638</v>
+        <v>16485</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="7">
-        <f t="shared" si="62"/>
+        <f t="shared" si="67"/>
+        <v>16485</v>
+      </c>
+      <c r="G27" s="7">
         <v>14638</v>
-      </c>
-[...1 lines deleted...]
-        <v>7972</v>
       </c>
       <c r="H27" s="7"/>
       <c r="I27" s="7">
-        <f t="shared" si="63"/>
+        <f t="shared" si="68"/>
+        <v>14638</v>
+      </c>
+      <c r="K27" s="7">
         <v>7972</v>
-      </c>
-[...1 lines deleted...]
-        <v>8016</v>
       </c>
       <c r="L27" s="7"/>
       <c r="M27" s="7">
-        <f t="shared" si="64"/>
+        <f t="shared" si="69"/>
+        <v>7972</v>
+      </c>
+      <c r="O27" s="7">
         <v>8016</v>
-      </c>
-[...1 lines deleted...]
-        <v>11846</v>
       </c>
       <c r="P27" s="7"/>
       <c r="Q27" s="7">
-        <f t="shared" si="65"/>
+        <f t="shared" si="70"/>
+        <v>8016</v>
+      </c>
+      <c r="S27" s="7">
         <v>11846</v>
-      </c>
-[...1 lines deleted...]
-        <v>11908</v>
       </c>
       <c r="T27" s="7"/>
       <c r="U27" s="7">
-        <f t="shared" si="66"/>
+        <f t="shared" si="71"/>
+        <v>11846</v>
+      </c>
+      <c r="W27" s="7">
         <v>11908</v>
-      </c>
-[...1 lines deleted...]
-        <v>10122</v>
       </c>
       <c r="X27" s="7"/>
       <c r="Y27" s="7">
-        <f t="shared" si="67"/>
+        <f t="shared" si="72"/>
+        <v>11908</v>
+      </c>
+      <c r="AA27" s="7">
         <v>10122</v>
-      </c>
-[...1 lines deleted...]
-        <v>9932</v>
       </c>
       <c r="AB27" s="7"/>
       <c r="AC27" s="7">
-        <f t="shared" si="68"/>
+        <f t="shared" si="73"/>
+        <v>10122</v>
+      </c>
+      <c r="AE27" s="7">
         <v>9932</v>
-      </c>
-[...2 lines deleted...]
-        <v>11308</v>
       </c>
       <c r="AF27" s="7"/>
       <c r="AG27" s="7">
-        <v>11308</v>
+        <f t="shared" si="74"/>
+        <v>9932</v>
       </c>
       <c r="AH27" s="21"/>
       <c r="AI27" s="7">
-        <v>11659</v>
+        <v>11308</v>
       </c>
       <c r="AJ27" s="7"/>
       <c r="AK27" s="7">
-        <v>11659</v>
+        <v>11308</v>
       </c>
       <c r="AL27" s="21"/>
       <c r="AM27" s="7">
-        <v>12374</v>
+        <v>11659</v>
       </c>
       <c r="AN27" s="7"/>
       <c r="AO27" s="7">
-        <f t="shared" si="69"/>
-        <v>12374</v>
+        <v>11659</v>
       </c>
       <c r="AP27" s="21"/>
       <c r="AQ27" s="7">
-        <v>11099</v>
+        <v>12374</v>
       </c>
       <c r="AR27" s="7"/>
       <c r="AS27" s="7">
-        <f t="shared" si="70"/>
+        <f t="shared" si="75"/>
+        <v>12374</v>
+      </c>
+      <c r="AT27" s="21"/>
+      <c r="AU27" s="7">
         <v>11099</v>
       </c>
-      <c r="AU27" s="6"/>
-[...2 lines deleted...]
-      <c r="AX27" s="1"/>
+      <c r="AV27" s="7"/>
+      <c r="AW27" s="7">
+        <f t="shared" si="76"/>
+        <v>11099</v>
+      </c>
       <c r="AY27" s="6"/>
+      <c r="AZ27" s="6"/>
       <c r="BA27" s="7"/>
       <c r="BB27" s="1"/>
       <c r="BC27" s="6"/>
       <c r="BE27" s="7"/>
       <c r="BF27" s="1"/>
       <c r="BG27" s="6"/>
       <c r="BI27" s="7"/>
       <c r="BJ27" s="1"/>
-      <c r="BN27"/>
+      <c r="BK27" s="6"/>
+      <c r="BM27" s="7"/>
+      <c r="BN27" s="1"/>
       <c r="BR27"/>
       <c r="BV27"/>
       <c r="BZ27"/>
-      <c r="CA27" s="6"/>
-[...2 lines deleted...]
-      <c r="CD27" s="6"/>
+      <c r="CD27"/>
       <c r="CE27" s="6"/>
       <c r="CF27" s="6"/>
       <c r="CG27" s="6"/>
       <c r="CH27" s="6"/>
       <c r="CI27" s="6"/>
       <c r="CJ27" s="6"/>
       <c r="CK27" s="6"/>
       <c r="CL27" s="6"/>
       <c r="CM27" s="6"/>
       <c r="CN27" s="6"/>
       <c r="CO27" s="6"/>
       <c r="CP27" s="6"/>
       <c r="CQ27" s="6"/>
       <c r="CR27" s="6"/>
       <c r="CS27" s="6"/>
       <c r="CT27" s="6"/>
-    </row>
-[...7 lines deleted...]
-      <c r="Y28" s="6"/>
+      <c r="CU27" s="6"/>
+      <c r="CV27" s="6"/>
+      <c r="CW27" s="6"/>
+      <c r="CX27" s="6"/>
+    </row>
+    <row r="28" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A28" s="29"/>
+      <c r="O28" s="20"/>
+      <c r="P28" s="20"/>
+      <c r="Q28" s="20"/>
       <c r="AA28" s="6"/>
       <c r="AB28" s="6"/>
       <c r="AC28" s="6"/>
       <c r="AE28" s="6"/>
       <c r="AF28" s="6"/>
       <c r="AG28" s="6"/>
       <c r="AI28" s="6"/>
       <c r="AJ28" s="6"/>
       <c r="AK28" s="6"/>
       <c r="AM28" s="6"/>
       <c r="AN28" s="6"/>
       <c r="AO28" s="6"/>
       <c r="AQ28" s="6"/>
       <c r="AR28" s="6"/>
       <c r="AS28" s="6"/>
       <c r="AU28" s="6"/>
       <c r="AV28" s="6"/>
       <c r="AW28" s="6"/>
-      <c r="AX28" s="1"/>
       <c r="AY28" s="6"/>
       <c r="AZ28" s="6"/>
       <c r="BA28" s="6"/>
       <c r="BB28" s="1"/>
       <c r="BC28" s="6"/>
       <c r="BD28" s="6"/>
       <c r="BE28" s="6"/>
       <c r="BF28" s="1"/>
       <c r="BG28" s="6"/>
       <c r="BH28" s="6"/>
       <c r="BI28" s="6"/>
       <c r="BJ28" s="1"/>
-      <c r="BN28"/>
+      <c r="BK28" s="6"/>
+      <c r="BL28" s="6"/>
+      <c r="BM28" s="6"/>
+      <c r="BN28" s="1"/>
       <c r="BR28"/>
       <c r="BV28"/>
       <c r="BZ28"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX29" s="1"/>
+      <c r="CD28"/>
+    </row>
+    <row r="29" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A29" s="23" t="s">
+        <v>58</v>
+      </c>
       <c r="BB29" s="1"/>
       <c r="BF29" s="1"/>
       <c r="BJ29" s="1"/>
-      <c r="BN29"/>
+      <c r="BN29" s="1"/>
       <c r="BR29"/>
       <c r="BV29"/>
       <c r="BZ29"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX30" s="1"/>
+      <c r="CD29"/>
+    </row>
+    <row r="30" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A30" s="23" t="s">
+        <v>59</v>
+      </c>
       <c r="BB30" s="1"/>
       <c r="BF30" s="1"/>
       <c r="BJ30" s="1"/>
-      <c r="BN30"/>
+      <c r="BN30" s="1"/>
       <c r="BR30"/>
       <c r="BV30"/>
       <c r="BZ30"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX31" s="1"/>
+      <c r="CD30"/>
+    </row>
+    <row r="31" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A31" s="23" t="s">
+        <v>60</v>
+      </c>
       <c r="BB31" s="1"/>
       <c r="BF31" s="1"/>
       <c r="BJ31" s="1"/>
-      <c r="BN31"/>
+      <c r="BN31" s="1"/>
       <c r="BR31"/>
       <c r="BV31"/>
       <c r="BZ31"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX32" s="1"/>
+      <c r="CD31"/>
+    </row>
+    <row r="32" spans="1:102" x14ac:dyDescent="0.3">
+      <c r="A32" s="25" t="s">
+        <v>61</v>
+      </c>
       <c r="BB32" s="1"/>
       <c r="BF32" s="1"/>
       <c r="BJ32" s="1"/>
-      <c r="BN32"/>
+      <c r="BN32" s="1"/>
       <c r="BR32"/>
       <c r="BV32"/>
       <c r="BZ32"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX33" s="1"/>
+      <c r="CD32"/>
+    </row>
+    <row r="33" spans="1:82" x14ac:dyDescent="0.3">
+      <c r="A33" s="29" t="s">
+        <v>62</v>
+      </c>
       <c r="BB33" s="1"/>
       <c r="BF33" s="1"/>
       <c r="BJ33" s="1"/>
-      <c r="BN33"/>
+      <c r="BN33" s="1"/>
       <c r="BR33"/>
       <c r="BV33"/>
       <c r="BZ33"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX34" s="1"/>
+      <c r="CD33"/>
+    </row>
+    <row r="34" spans="1:82" x14ac:dyDescent="0.3">
+      <c r="A34" s="29" t="s">
+        <v>63</v>
+      </c>
       <c r="BB34" s="1"/>
       <c r="BF34" s="1"/>
       <c r="BJ34" s="1"/>
-      <c r="BN34"/>
+      <c r="BN34" s="1"/>
       <c r="BR34"/>
       <c r="BV34"/>
       <c r="BZ34"/>
-    </row>
-[...4 lines deleted...]
-      <c r="AX35" s="1"/>
+      <c r="CD34"/>
+    </row>
+    <row r="35" spans="1:82" x14ac:dyDescent="0.3">
+      <c r="A35" s="29" t="s">
+        <v>64</v>
+      </c>
       <c r="BB35" s="1"/>
       <c r="BF35" s="1"/>
       <c r="BJ35" s="1"/>
-      <c r="BN35"/>
+      <c r="BN35" s="1"/>
       <c r="BR35"/>
       <c r="BV35"/>
       <c r="BZ35"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX36" s="1"/>
+      <c r="CD35"/>
+    </row>
+    <row r="36" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB36" s="1"/>
       <c r="BF36" s="1"/>
       <c r="BJ36" s="1"/>
-      <c r="BN36"/>
+      <c r="BN36" s="1"/>
       <c r="BR36"/>
       <c r="BV36"/>
       <c r="BZ36"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX37" s="1"/>
+      <c r="CD36"/>
+    </row>
+    <row r="37" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB37" s="1"/>
       <c r="BF37" s="1"/>
       <c r="BJ37" s="1"/>
-      <c r="BN37"/>
+      <c r="BN37" s="1"/>
       <c r="BR37"/>
       <c r="BV37"/>
       <c r="BZ37"/>
-    </row>
-    <row r="38" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD37"/>
+    </row>
+    <row r="38" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A38" s="1"/>
-      <c r="S38" s="1"/>
-[...1 lines deleted...]
-      <c r="U38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
       <c r="AA38" s="1"/>
       <c r="AB38" s="1"/>
       <c r="AC38" s="1"/>
       <c r="AE38" s="1"/>
       <c r="AF38" s="1"/>
       <c r="AG38" s="1"/>
       <c r="AI38" s="1"/>
       <c r="AJ38" s="1"/>
       <c r="AK38" s="1"/>
       <c r="AM38" s="1"/>
       <c r="AN38" s="1"/>
       <c r="AO38" s="1"/>
       <c r="AQ38" s="1"/>
       <c r="AR38" s="1"/>
       <c r="AS38" s="1"/>
       <c r="AU38" s="1"/>
       <c r="AV38" s="1"/>
       <c r="AW38" s="1"/>
-      <c r="AX38" s="1"/>
       <c r="AY38" s="1"/>
       <c r="AZ38" s="1"/>
       <c r="BA38" s="1"/>
       <c r="BB38" s="1"/>
       <c r="BC38" s="1"/>
       <c r="BD38" s="1"/>
       <c r="BE38" s="1"/>
       <c r="BF38" s="1"/>
       <c r="BG38" s="1"/>
       <c r="BH38" s="1"/>
       <c r="BI38" s="1"/>
       <c r="BJ38" s="1"/>
-      <c r="BN38"/>
+      <c r="BK38" s="1"/>
+      <c r="BL38" s="1"/>
+      <c r="BM38" s="1"/>
+      <c r="BN38" s="1"/>
       <c r="BR38"/>
       <c r="BV38"/>
       <c r="BZ38"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX39" s="1"/>
+      <c r="CD38"/>
+    </row>
+    <row r="39" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB39" s="1"/>
       <c r="BF39" s="1"/>
       <c r="BJ39" s="1"/>
-      <c r="BN39"/>
+      <c r="BN39" s="1"/>
       <c r="BR39"/>
       <c r="BV39"/>
       <c r="BZ39"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX40" s="1"/>
+      <c r="CD39"/>
+    </row>
+    <row r="40" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB40" s="1"/>
       <c r="BF40" s="1"/>
       <c r="BJ40" s="1"/>
-      <c r="BN40"/>
+      <c r="BN40" s="1"/>
       <c r="BR40"/>
       <c r="BV40"/>
       <c r="BZ40"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX41" s="1"/>
+      <c r="CD40"/>
+    </row>
+    <row r="41" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB41" s="1"/>
       <c r="BF41" s="1"/>
       <c r="BJ41" s="1"/>
-      <c r="BN41"/>
+      <c r="BN41" s="1"/>
       <c r="BR41"/>
       <c r="BV41"/>
       <c r="BZ41"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX42" s="1"/>
+      <c r="CD41"/>
+    </row>
+    <row r="42" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB42" s="1"/>
       <c r="BF42" s="1"/>
       <c r="BJ42" s="1"/>
-      <c r="BN42"/>
+      <c r="BN42" s="1"/>
       <c r="BR42"/>
       <c r="BV42"/>
       <c r="BZ42"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX43" s="1"/>
+      <c r="CD42"/>
+    </row>
+    <row r="43" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB43" s="1"/>
       <c r="BF43" s="1"/>
       <c r="BJ43" s="1"/>
-      <c r="BN43"/>
+      <c r="BN43" s="1"/>
       <c r="BR43"/>
       <c r="BV43"/>
       <c r="BZ43"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX44" s="1"/>
+      <c r="CD43"/>
+    </row>
+    <row r="44" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB44" s="1"/>
       <c r="BF44" s="1"/>
       <c r="BJ44" s="1"/>
-      <c r="BN44"/>
+      <c r="BN44" s="1"/>
       <c r="BR44"/>
       <c r="BV44"/>
       <c r="BZ44"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX45" s="1"/>
+      <c r="CD44"/>
+    </row>
+    <row r="45" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB45" s="1"/>
       <c r="BF45" s="1"/>
       <c r="BJ45" s="1"/>
-      <c r="BN45"/>
+      <c r="BN45" s="1"/>
       <c r="BR45"/>
       <c r="BV45"/>
       <c r="BZ45"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX46" s="1"/>
+      <c r="CD45"/>
+    </row>
+    <row r="46" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB46" s="1"/>
       <c r="BF46" s="1"/>
       <c r="BJ46" s="1"/>
-      <c r="BN46"/>
+      <c r="BN46" s="1"/>
       <c r="BR46"/>
       <c r="BV46"/>
       <c r="BZ46"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX47" s="1"/>
+      <c r="CD46"/>
+    </row>
+    <row r="47" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB47" s="1"/>
       <c r="BF47" s="1"/>
       <c r="BJ47" s="1"/>
-      <c r="BN47"/>
+      <c r="BN47" s="1"/>
       <c r="BR47"/>
       <c r="BV47"/>
       <c r="BZ47"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX48" s="1"/>
+      <c r="CD47"/>
+    </row>
+    <row r="48" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB48" s="1"/>
       <c r="BF48" s="1"/>
       <c r="BJ48" s="1"/>
-      <c r="BN48"/>
+      <c r="BN48" s="1"/>
       <c r="BR48"/>
       <c r="BV48"/>
       <c r="BZ48"/>
-    </row>
-    <row r="49" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD48"/>
+    </row>
+    <row r="49" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A49" s="1"/>
-      <c r="S49" s="1"/>
-[...1 lines deleted...]
-      <c r="U49" s="1"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="1"/>
       <c r="AA49" s="1"/>
       <c r="AB49" s="1"/>
       <c r="AC49" s="1"/>
       <c r="AE49" s="1"/>
       <c r="AF49" s="1"/>
       <c r="AG49" s="1"/>
       <c r="AI49" s="1"/>
       <c r="AJ49" s="1"/>
       <c r="AK49" s="1"/>
       <c r="AM49" s="1"/>
       <c r="AN49" s="1"/>
       <c r="AO49" s="1"/>
       <c r="AQ49" s="1"/>
       <c r="AR49" s="1"/>
       <c r="AS49" s="1"/>
       <c r="AU49" s="1"/>
       <c r="AV49" s="1"/>
       <c r="AW49" s="1"/>
-      <c r="AX49" s="1"/>
       <c r="AY49" s="1"/>
       <c r="AZ49" s="1"/>
       <c r="BA49" s="1"/>
       <c r="BB49" s="1"/>
       <c r="BC49" s="1"/>
       <c r="BD49" s="1"/>
       <c r="BE49" s="1"/>
       <c r="BF49" s="1"/>
       <c r="BG49" s="1"/>
       <c r="BH49" s="1"/>
       <c r="BI49" s="1"/>
       <c r="BJ49" s="1"/>
-      <c r="BN49"/>
+      <c r="BK49" s="1"/>
+      <c r="BL49" s="1"/>
+      <c r="BM49" s="1"/>
+      <c r="BN49" s="1"/>
       <c r="BR49"/>
       <c r="BV49"/>
       <c r="BZ49"/>
-    </row>
-    <row r="50" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD49"/>
+    </row>
+    <row r="50" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A50" s="1"/>
-      <c r="S50" s="1"/>
-[...1 lines deleted...]
-      <c r="U50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
       <c r="AA50" s="1"/>
       <c r="AB50" s="1"/>
       <c r="AC50" s="1"/>
       <c r="AE50" s="1"/>
       <c r="AF50" s="1"/>
       <c r="AG50" s="1"/>
       <c r="AI50" s="1"/>
       <c r="AJ50" s="1"/>
       <c r="AK50" s="1"/>
       <c r="AM50" s="1"/>
       <c r="AN50" s="1"/>
       <c r="AO50" s="1"/>
       <c r="AQ50" s="1"/>
       <c r="AR50" s="1"/>
       <c r="AS50" s="1"/>
       <c r="AU50" s="1"/>
       <c r="AV50" s="1"/>
       <c r="AW50" s="1"/>
-      <c r="AX50" s="1"/>
       <c r="AY50" s="1"/>
       <c r="AZ50" s="1"/>
       <c r="BA50" s="1"/>
       <c r="BB50" s="1"/>
       <c r="BC50" s="1"/>
       <c r="BD50" s="1"/>
       <c r="BE50" s="1"/>
       <c r="BF50" s="1"/>
       <c r="BG50" s="1"/>
       <c r="BH50" s="1"/>
       <c r="BI50" s="1"/>
       <c r="BJ50" s="1"/>
-      <c r="BN50"/>
+      <c r="BK50" s="1"/>
+      <c r="BL50" s="1"/>
+      <c r="BM50" s="1"/>
+      <c r="BN50" s="1"/>
       <c r="BR50"/>
       <c r="BV50"/>
       <c r="BZ50"/>
-    </row>
-    <row r="51" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD50"/>
+    </row>
+    <row r="51" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A51" s="1"/>
-      <c r="S51" s="1"/>
-[...1 lines deleted...]
-      <c r="U51" s="1"/>
       <c r="W51" s="1"/>
       <c r="X51" s="1"/>
       <c r="Y51" s="1"/>
       <c r="AA51" s="1"/>
       <c r="AB51" s="1"/>
       <c r="AC51" s="1"/>
       <c r="AE51" s="1"/>
       <c r="AF51" s="1"/>
       <c r="AG51" s="1"/>
       <c r="AI51" s="1"/>
       <c r="AJ51" s="1"/>
       <c r="AK51" s="1"/>
       <c r="AM51" s="1"/>
       <c r="AN51" s="1"/>
       <c r="AO51" s="1"/>
       <c r="AQ51" s="1"/>
       <c r="AR51" s="1"/>
       <c r="AS51" s="1"/>
       <c r="AU51" s="1"/>
       <c r="AV51" s="1"/>
       <c r="AW51" s="1"/>
-      <c r="AX51" s="1"/>
       <c r="AY51" s="1"/>
       <c r="AZ51" s="1"/>
       <c r="BA51" s="1"/>
       <c r="BB51" s="1"/>
       <c r="BC51" s="1"/>
       <c r="BD51" s="1"/>
       <c r="BE51" s="1"/>
       <c r="BF51" s="1"/>
       <c r="BG51" s="1"/>
       <c r="BH51" s="1"/>
       <c r="BI51" s="1"/>
       <c r="BJ51" s="1"/>
-      <c r="BN51"/>
+      <c r="BK51" s="1"/>
+      <c r="BL51" s="1"/>
+      <c r="BM51" s="1"/>
+      <c r="BN51" s="1"/>
       <c r="BR51"/>
       <c r="BV51"/>
       <c r="BZ51"/>
-    </row>
-    <row r="52" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD51"/>
+    </row>
+    <row r="52" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A52" s="1"/>
-      <c r="S52" s="1"/>
-[...1 lines deleted...]
-      <c r="U52" s="1"/>
       <c r="W52" s="1"/>
       <c r="X52" s="1"/>
       <c r="Y52" s="1"/>
       <c r="AA52" s="1"/>
       <c r="AB52" s="1"/>
       <c r="AC52" s="1"/>
       <c r="AE52" s="1"/>
       <c r="AF52" s="1"/>
       <c r="AG52" s="1"/>
       <c r="AI52" s="1"/>
       <c r="AJ52" s="1"/>
       <c r="AK52" s="1"/>
       <c r="AM52" s="1"/>
       <c r="AN52" s="1"/>
       <c r="AO52" s="1"/>
       <c r="AQ52" s="1"/>
       <c r="AR52" s="1"/>
       <c r="AS52" s="1"/>
       <c r="AU52" s="1"/>
       <c r="AV52" s="1"/>
       <c r="AW52" s="1"/>
-      <c r="AX52" s="1"/>
       <c r="AY52" s="1"/>
       <c r="AZ52" s="1"/>
       <c r="BA52" s="1"/>
       <c r="BB52" s="1"/>
       <c r="BC52" s="1"/>
       <c r="BD52" s="1"/>
       <c r="BE52" s="1"/>
       <c r="BF52" s="1"/>
       <c r="BG52" s="1"/>
       <c r="BH52" s="1"/>
       <c r="BI52" s="1"/>
       <c r="BJ52" s="1"/>
-      <c r="BN52"/>
+      <c r="BK52" s="1"/>
+      <c r="BL52" s="1"/>
+      <c r="BM52" s="1"/>
+      <c r="BN52" s="1"/>
       <c r="BR52"/>
       <c r="BV52"/>
       <c r="BZ52"/>
-    </row>
-    <row r="53" spans="1:78" x14ac:dyDescent="0.35">
+      <c r="CD52"/>
+    </row>
+    <row r="53" spans="1:82" x14ac:dyDescent="0.3">
       <c r="A53" s="1"/>
-      <c r="S53" s="1"/>
-[...1 lines deleted...]
-      <c r="U53" s="1"/>
       <c r="W53" s="1"/>
       <c r="X53" s="1"/>
       <c r="Y53" s="1"/>
       <c r="AA53" s="1"/>
       <c r="AB53" s="1"/>
       <c r="AC53" s="1"/>
       <c r="AE53" s="1"/>
       <c r="AF53" s="1"/>
       <c r="AG53" s="1"/>
       <c r="AI53" s="1"/>
       <c r="AJ53" s="1"/>
       <c r="AK53" s="1"/>
       <c r="AM53" s="1"/>
       <c r="AN53" s="1"/>
       <c r="AO53" s="1"/>
       <c r="AQ53" s="1"/>
       <c r="AR53" s="1"/>
       <c r="AS53" s="1"/>
       <c r="AU53" s="1"/>
       <c r="AV53" s="1"/>
       <c r="AW53" s="1"/>
-      <c r="AX53" s="1"/>
       <c r="AY53" s="1"/>
       <c r="AZ53" s="1"/>
       <c r="BA53" s="1"/>
       <c r="BB53" s="1"/>
       <c r="BC53" s="1"/>
       <c r="BD53" s="1"/>
       <c r="BE53" s="1"/>
       <c r="BF53" s="1"/>
       <c r="BG53" s="1"/>
       <c r="BH53" s="1"/>
       <c r="BI53" s="1"/>
       <c r="BJ53" s="1"/>
-      <c r="BN53"/>
+      <c r="BK53" s="1"/>
+      <c r="BL53" s="1"/>
+      <c r="BM53" s="1"/>
+      <c r="BN53" s="1"/>
       <c r="BR53"/>
       <c r="BV53"/>
       <c r="BZ53"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX54" s="1"/>
+      <c r="CD53"/>
+    </row>
+    <row r="54" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB54" s="1"/>
       <c r="BF54" s="1"/>
       <c r="BJ54" s="1"/>
-      <c r="BN54"/>
+      <c r="BN54" s="1"/>
       <c r="BR54"/>
       <c r="BV54"/>
       <c r="BZ54"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX55" s="1"/>
+      <c r="CD54"/>
+    </row>
+    <row r="55" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB55" s="1"/>
       <c r="BF55" s="1"/>
       <c r="BJ55" s="1"/>
-      <c r="BN55"/>
+      <c r="BN55" s="1"/>
       <c r="BR55"/>
       <c r="BV55"/>
       <c r="BZ55"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX56" s="1"/>
+      <c r="CD55"/>
+    </row>
+    <row r="56" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB56" s="1"/>
       <c r="BF56" s="1"/>
       <c r="BJ56" s="1"/>
-      <c r="BN56"/>
+      <c r="BN56" s="1"/>
       <c r="BR56"/>
       <c r="BV56"/>
       <c r="BZ56"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX57" s="1"/>
+      <c r="CD56"/>
+    </row>
+    <row r="57" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB57" s="1"/>
       <c r="BF57" s="1"/>
       <c r="BJ57" s="1"/>
-      <c r="BN57"/>
+      <c r="BN57" s="1"/>
       <c r="BR57"/>
       <c r="BV57"/>
       <c r="BZ57"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX58" s="1"/>
+      <c r="CD57"/>
+    </row>
+    <row r="58" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB58" s="1"/>
       <c r="BF58" s="1"/>
       <c r="BJ58" s="1"/>
-      <c r="BN58"/>
+      <c r="BN58" s="1"/>
       <c r="BR58"/>
       <c r="BV58"/>
       <c r="BZ58"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX59" s="1"/>
+      <c r="CD58"/>
+    </row>
+    <row r="59" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB59" s="1"/>
       <c r="BF59" s="1"/>
       <c r="BJ59" s="1"/>
-      <c r="BN59"/>
+      <c r="BN59" s="1"/>
       <c r="BR59"/>
       <c r="BV59"/>
       <c r="BZ59"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX60" s="1"/>
+      <c r="CD59"/>
+    </row>
+    <row r="60" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB60" s="1"/>
       <c r="BF60" s="1"/>
       <c r="BJ60" s="1"/>
-      <c r="BN60"/>
+      <c r="BN60" s="1"/>
       <c r="BR60"/>
       <c r="BV60"/>
       <c r="BZ60"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX61" s="1"/>
+      <c r="CD60"/>
+    </row>
+    <row r="61" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB61" s="1"/>
       <c r="BF61" s="1"/>
       <c r="BJ61" s="1"/>
-      <c r="BN61"/>
+      <c r="BN61" s="1"/>
       <c r="BR61"/>
       <c r="BV61"/>
       <c r="BZ61"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX62" s="1"/>
+      <c r="CD61"/>
+    </row>
+    <row r="62" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB62" s="1"/>
       <c r="BF62" s="1"/>
       <c r="BJ62" s="1"/>
-      <c r="BN62"/>
+      <c r="BN62" s="1"/>
       <c r="BR62"/>
       <c r="BV62"/>
       <c r="BZ62"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX63" s="1"/>
+      <c r="CD62"/>
+    </row>
+    <row r="63" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB63" s="1"/>
       <c r="BF63" s="1"/>
       <c r="BJ63" s="1"/>
-      <c r="BN63"/>
+      <c r="BN63" s="1"/>
       <c r="BR63"/>
       <c r="BV63"/>
       <c r="BZ63"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX64" s="1"/>
+      <c r="CD63"/>
+    </row>
+    <row r="64" spans="1:82" x14ac:dyDescent="0.3">
       <c r="BB64" s="1"/>
       <c r="BF64" s="1"/>
       <c r="BJ64" s="1"/>
-      <c r="BN64"/>
+      <c r="BN64" s="1"/>
       <c r="BR64"/>
       <c r="BV64"/>
       <c r="BZ64"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX65" s="1"/>
+      <c r="CD64"/>
+    </row>
+    <row r="65" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB65" s="1"/>
       <c r="BF65" s="1"/>
       <c r="BJ65" s="1"/>
-      <c r="BN65"/>
+      <c r="BN65" s="1"/>
       <c r="BR65"/>
       <c r="BV65"/>
       <c r="BZ65"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX66" s="1"/>
+      <c r="CD65"/>
+    </row>
+    <row r="66" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB66" s="1"/>
       <c r="BF66" s="1"/>
       <c r="BJ66" s="1"/>
-      <c r="BN66"/>
+      <c r="BN66" s="1"/>
       <c r="BR66"/>
       <c r="BV66"/>
       <c r="BZ66"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX67" s="1"/>
+      <c r="CD66"/>
+    </row>
+    <row r="67" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB67" s="1"/>
       <c r="BF67" s="1"/>
       <c r="BJ67" s="1"/>
-      <c r="BN67"/>
+      <c r="BN67" s="1"/>
       <c r="BR67"/>
       <c r="BV67"/>
       <c r="BZ67"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX68" s="1"/>
+      <c r="CD67"/>
+    </row>
+    <row r="68" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB68" s="1"/>
       <c r="BF68" s="1"/>
       <c r="BJ68" s="1"/>
-      <c r="BN68"/>
+      <c r="BN68" s="1"/>
       <c r="BR68"/>
       <c r="BV68"/>
       <c r="BZ68"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX69" s="1"/>
+      <c r="CD68"/>
+    </row>
+    <row r="69" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB69" s="1"/>
       <c r="BF69" s="1"/>
       <c r="BJ69" s="1"/>
-      <c r="BN69"/>
+      <c r="BN69" s="1"/>
       <c r="BR69"/>
       <c r="BV69"/>
       <c r="BZ69"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX70" s="1"/>
+      <c r="CD69"/>
+    </row>
+    <row r="70" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB70" s="1"/>
       <c r="BF70" s="1"/>
       <c r="BJ70" s="1"/>
-      <c r="BN70"/>
+      <c r="BN70" s="1"/>
       <c r="BR70"/>
       <c r="BV70"/>
       <c r="BZ70"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX71" s="1"/>
+      <c r="CD70"/>
+    </row>
+    <row r="71" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB71" s="1"/>
       <c r="BF71" s="1"/>
       <c r="BJ71" s="1"/>
-      <c r="BN71"/>
+      <c r="BN71" s="1"/>
       <c r="BR71"/>
       <c r="BV71"/>
       <c r="BZ71"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX72" s="1"/>
+      <c r="CD71"/>
+    </row>
+    <row r="72" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB72" s="1"/>
       <c r="BF72" s="1"/>
       <c r="BJ72" s="1"/>
-      <c r="BN72"/>
+      <c r="BN72" s="1"/>
       <c r="BR72"/>
       <c r="BV72"/>
       <c r="BZ72"/>
-    </row>
-[...1 lines deleted...]
-      <c r="AX73" s="1"/>
+      <c r="CD72"/>
+    </row>
+    <row r="73" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BB73" s="1"/>
       <c r="BF73" s="1"/>
       <c r="BJ73" s="1"/>
-    </row>
-[...1 lines deleted...]
-      <c r="BB74" s="1"/>
+      <c r="BN73" s="1"/>
+    </row>
+    <row r="74" spans="54:82" x14ac:dyDescent="0.3">
       <c r="BF74" s="1"/>
       <c r="BJ74" s="1"/>
+      <c r="BN74" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="16">
     <mergeCell ref="W4:Y4"/>
+    <mergeCell ref="AA4:AC4"/>
+    <mergeCell ref="BG4:BI4"/>
     <mergeCell ref="BC4:BE4"/>
-    <mergeCell ref="AY4:BA4"/>
-[...1 lines deleted...]
-    <mergeCell ref="AA4:AC4"/>
+    <mergeCell ref="BK4:BM4"/>
     <mergeCell ref="AE4:AG4"/>
     <mergeCell ref="AI4:AK4"/>
+    <mergeCell ref="AM4:AO4"/>
+    <mergeCell ref="AU4:AW4"/>
+    <mergeCell ref="AY4:BA4"/>
     <mergeCell ref="AQ4:AS4"/>
-    <mergeCell ref="AU4:AW4"/>
-    <mergeCell ref="AM4:AO4"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="S4:U4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="93" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="IbpWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S24"/>
+  <dimension ref="A1:U24"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="T7" sqref="T7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="43.36328125" customWidth="1"/>
-    <col min="2" max="6" width="9.08984375" customWidth="1"/>
+    <col min="1" max="1" width="43.44140625" customWidth="1"/>
+    <col min="2" max="6" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:19" x14ac:dyDescent="0.35">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B3" s="28">
+        <v>66</v>
+      </c>
+      <c r="B3" s="31">
         <v>2022</v>
       </c>
-      <c r="C3" s="28"/>
-[...3 lines deleted...]
-      <c r="G3" s="29">
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
+      <c r="F3" s="31"/>
+      <c r="G3" s="32">
         <v>2023</v>
       </c>
-      <c r="H3" s="29"/>
-[...3 lines deleted...]
-      <c r="L3" s="28">
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="31">
         <v>2024</v>
       </c>
-      <c r="M3" s="28"/>
-[...3 lines deleted...]
-      <c r="Q3" s="29">
+      <c r="M3" s="31"/>
+      <c r="N3" s="31"/>
+      <c r="O3" s="31"/>
+      <c r="P3" s="31"/>
+      <c r="Q3" s="32">
         <v>2025</v>
       </c>
-      <c r="R3" s="29"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="R3" s="32"/>
+      <c r="S3" s="32"/>
+      <c r="T3" s="32"/>
+      <c r="U3" s="32"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.3">
       <c r="B4" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F4" s="9">
         <v>2022</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>2023</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N4" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P4" s="9">
         <v>2024</v>
       </c>
       <c r="Q4" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R4" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S4" s="2" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-        <v>65</v>
+        <v>6</v>
+      </c>
+      <c r="T4" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
+        <v>67</v>
       </c>
       <c r="B5" s="10">
         <v>10264</v>
       </c>
       <c r="C5" s="10">
         <v>72597</v>
       </c>
       <c r="D5" s="10">
         <v>93568</v>
       </c>
       <c r="E5" s="10">
         <v>105352</v>
       </c>
       <c r="F5" s="12">
         <f>SUM(B5:E5)</f>
         <v>281781</v>
       </c>
       <c r="G5" s="10">
         <v>108500</v>
       </c>
       <c r="H5" s="10">
         <v>-32266</v>
       </c>
       <c r="I5" s="10">
         <v>116739</v>
@@ -7129,54 +7526,60 @@
       </c>
       <c r="L5" s="10">
         <v>127238</v>
       </c>
       <c r="M5" s="10">
         <v>84720</v>
       </c>
       <c r="N5" s="10">
         <v>175062</v>
       </c>
       <c r="O5" s="10">
         <v>157730</v>
       </c>
       <c r="P5" s="12">
         <v>544750</v>
       </c>
       <c r="Q5" s="10">
         <v>107563</v>
       </c>
       <c r="R5" s="10">
         <v>87106</v>
       </c>
       <c r="S5" s="10">
         <v>105294</v>
       </c>
-    </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="T5" s="10">
+        <v>90178</v>
+      </c>
+      <c r="U5" s="28">
+        <v>390141</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="B6" s="10">
         <v>-3190</v>
       </c>
       <c r="C6" s="10">
         <v>-4343</v>
       </c>
       <c r="D6" s="10">
         <v>-6090</v>
       </c>
       <c r="E6" s="10">
         <v>-4724</v>
       </c>
       <c r="F6" s="11">
         <f>SUM(B6:E6)</f>
         <v>-18347</v>
       </c>
       <c r="G6" s="10">
         <v>-9168</v>
       </c>
       <c r="H6" s="10">
         <v>-10697</v>
       </c>
       <c r="I6" s="10">
         <v>-14621</v>
@@ -7189,54 +7592,60 @@
       </c>
       <c r="L6" s="10">
         <v>-8273</v>
       </c>
       <c r="M6" s="10">
         <v>-11175</v>
       </c>
       <c r="N6" s="10">
         <v>-15808</v>
       </c>
       <c r="O6" s="10">
         <v>-16369</v>
       </c>
       <c r="P6" s="11">
         <v>-51625</v>
       </c>
       <c r="Q6" s="10">
         <v>-8718</v>
       </c>
       <c r="R6" s="10">
         <v>-7961</v>
       </c>
       <c r="S6" s="10">
         <v>-10622</v>
       </c>
-    </row>
-    <row r="7" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="T6" s="10">
+        <v>-8788</v>
+      </c>
+      <c r="U6" s="27">
+        <v>-36089</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="B7" s="13">
         <f t="shared" ref="B7:D7" si="0">+B5+B6</f>
         <v>7074</v>
       </c>
       <c r="C7" s="13">
         <f t="shared" si="0"/>
         <v>68254</v>
       </c>
       <c r="D7" s="13">
         <f t="shared" si="0"/>
         <v>87478</v>
       </c>
       <c r="E7" s="13">
         <f t="shared" ref="E7:L7" si="1">+E5+E6</f>
         <v>100628</v>
       </c>
       <c r="F7" s="11">
         <f t="shared" si="1"/>
         <v>263434</v>
       </c>
       <c r="G7" s="13">
         <f t="shared" si="1"/>
         <v>99332</v>
       </c>
@@ -7251,109 +7660,117 @@
       <c r="J7" s="13">
         <f t="shared" si="1"/>
         <v>100218</v>
       </c>
       <c r="K7" s="11">
         <f t="shared" si="1"/>
         <v>258705</v>
       </c>
       <c r="L7" s="13">
         <f t="shared" si="1"/>
         <v>118965</v>
       </c>
       <c r="M7" s="13">
         <f t="shared" ref="M7:O7" si="2">+M5+M6</f>
         <v>73545</v>
       </c>
       <c r="N7" s="13">
         <f t="shared" si="2"/>
         <v>159254</v>
       </c>
       <c r="O7" s="13">
         <f t="shared" si="2"/>
         <v>141361</v>
       </c>
       <c r="P7" s="11">
-        <f>+P5+P6</f>
+        <f t="shared" ref="P7:U7" si="3">+P5+P6</f>
         <v>493125</v>
       </c>
       <c r="Q7" s="13">
-        <f>+Q5+Q6</f>
+        <f t="shared" si="3"/>
         <v>98845</v>
       </c>
       <c r="R7" s="13">
-        <f>+R5+R6</f>
+        <f t="shared" si="3"/>
         <v>79145</v>
       </c>
       <c r="S7" s="13">
-        <f>+S5+S6</f>
+        <f t="shared" si="3"/>
         <v>94672</v>
       </c>
-    </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="T7" s="13">
+        <f t="shared" si="3"/>
+        <v>81390</v>
+      </c>
+      <c r="U7" s="28">
+        <f t="shared" si="3"/>
+        <v>354052</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.3">
       <c r="C8" s="14"/>
       <c r="D8" s="14"/>
     </row>
-    <row r="10" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" s="1"/>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="L3:P3"/>
-    <mergeCell ref="Q3:S3"/>
+    <mergeCell ref="Q3:U3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="60" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="IbpWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB224127C004544CB76B0DA28FA58C96" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b9b1e271a7771dd91d1a8fe68ffa2fc5">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7bcc7aa6-5d5f-4631-8e27-f33c0d431504" xmlns:ns3="4cade77d-12c4-4153-a613-625ca7cd4378" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7941995bcddca8fe3ddf22cf488a453" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB224127C004544CB76B0DA28FA58C96" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="70517c631d1d10b85ac15240ce8a9828">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7bcc7aa6-5d5f-4631-8e27-f33c0d431504" xmlns:ns3="4cade77d-12c4-4153-a613-625ca7cd4378" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36a8217487c1ba057892fd3525a0da69" ns2:_="" ns3:_="">
     <xsd:import namespace="7bcc7aa6-5d5f-4631-8e27-f33c0d431504"/>
     <xsd:import namespace="4cade77d-12c4-4153-a613-625ca7cd4378"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -7568,98 +7985,92 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="4cade77d-12c4-4153-a613-625ca7cd4378" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7bcc7aa6-5d5f-4631-8e27-f33c0d431504">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4cade77d-12c4-4153-a613-625ca7cd4378" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAC013C0-D3F9-49B0-BE26-19676FEBCBAD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C358675-05CD-4FE3-A9D6-A677D3834A1A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7bcc7aa6-5d5f-4631-8e27-f33c0d431504"/>
     <ds:schemaRef ds:uri="4cade77d-12c4-4153-a613-625ca7cd4378"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91822EC0-C998-4F00-81DC-86F195C45126}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B19E6FF3-1709-4251-A47E-F3EA63E2EDE4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7bcc7aa6-5d5f-4631-8e27-f33c0d431504"/>
     <ds:schemaRef ds:uri="4cade77d-12c4-4153-a613-625ca7cd4378"/>
-    <ds:schemaRef ds:uri="7bcc7aa6-5d5f-4631-8e27-f33c0d431504"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -7670,43 +8081,42 @@
       <vt:lpstr>GAAP to non-GAAP-quarterly</vt:lpstr>
       <vt:lpstr>Recon of Free Cash Flow</vt:lpstr>
       <vt:lpstr>'GAAP to non-GAAP-quarterly'!Print_Area</vt:lpstr>
       <vt:lpstr>'GAAP to non-GAAP-quarterly'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Lantheus</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kinarney, Mark R</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DB224127C004544CB76B0DA28FA58C96</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>